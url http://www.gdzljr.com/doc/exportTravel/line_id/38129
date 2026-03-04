--- v0 (2026-01-01)
+++ v1 (2026-03-04)
@@ -29,65 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">（假日）【1.5h飙到湛江】湛江3天|南极村|茂德公鼓城|菠萝的海|迈合村行程单</w:t>
+        <w:t xml:space="preserve">（假日）【体验湛江北】湛江3天|南极村|茂德公鼓城|菠萝的海|迈合村行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">（假日）【1.5h飙到湛江】湛江3天|南极村|茂德公鼓城|菠萝的海|迈合村</w:t>
+        <w:t xml:space="preserve">（假日）【体验湛江北】湛江3天|南极村|茂德公鼓城|菠萝的海|迈合村</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -359,118 +359,114 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州白云站
                 <w:br/>
-                <w:br/>
-                <w:br/>
                 温馨提示：出发前一天没有收到导游通知，游客需要联系旅行社工作人员。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                抢先体验“湾区1.5小时生活圈”【湛江北站】，告别大巴车的漫长颠簸！
-[...17 lines deleted...]
-                【白切鸡生蚝宴+菠萝宴】，品尝舌尖上的粤西风味
+                打卡粤西地区规模最大、功能最全的高铁站——湛江北站
+                <w:br/>
+                走进《隐秘的角落》取景地--【赤坎老街】，一秒穿越回民国旧时光
+                <w:br/>
+                王者归来——相约奥运/十五全运冠军·全红婵家乡--【迈合村】
+                <w:br/>
+                探秘世界地质公园【湖光岩】，邂逅16万年前的火山秘境
+                <w:br/>
+                打卡中国最美落日观赏点--【乌石天成台】，追一场橘子海日落
+                <w:br/>
+                探秘中国大陆最南端【南极村】，感受北纬20°  13’14的浪漫
+                <w:br/>
+                穿越千年雷州文化【茂德公鼓城】，体验非遗醒狮与特色美食
+                <w:br/>
+                闯入上帝打翻的“调色盘”【菠萝的海】，打卡无边无际的金色菠萝海洋
+                <w:br/>
+                食足9餐：【白切鸡生蚝宴+菠萝宴】+5小吃+自助早餐，品尝舌尖上的粤西风味
                 <w:br/>
                 参团即送2个爱马仕菠萝，人人有份！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -502,57 +498,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品介绍</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...5 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">湛江北站·高速体验</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -641,63 +631,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发地--湛江北站--奥运冠军之乡--赤坎老街
+                出发地--湛江北站--奥运冠军之乡--赤坎老街- -入住酒店。
                 <w:br/>
                 早上自行前往广州白云站按指定时间乘坐高铁前往【湛江北站】，（参考班次：8：00-12：00，具体班次以实际为准）。广湛高铁由广东铁投集团所属广湛铁路公司投资建设，全长401公里、设计时速350公里，通车后，广州至湛江火车运行时间将实现大幅优化，从目前最快约两个半小时，压缩至1个半小时左右。作为粤西地区最大高铁枢纽及全国综合性交通门户，湛江北站汇集5条高铁线路，将构建2小时经济圈，连接粤港澳大湾区、海南自贸港及北部湾经济区。
                 <w:br/>
-                <w:br/>
-                <w:br/>
                 到达后换乘大巴前往奥运跳水冠军得主之家乡，汲取喜悦之光，参观【迈合村】广东省湛江市麻章镇西南部，奥运跳水冠军·全红婵夺冠次日，她的家乡迈合村迎来一片喧闹。这个土地面积8.6平方公里的小村庄位于麻章区麻章镇西北部，主要从事农业种植，四周有广阔的水稻田和甘蔗、火龙果园。这位出色的奥运冠军在最近的一段时间里获得了更多的关注和喜爱，期待着全红婵能够在之后的比赛中继续前进，获得好成绩，捍卫自己在女子十米跳台中的统治力。
                 <w:br/>
-                <w:br/>
-                <w:br/>
                 打卡【赤坎老街】。打卡【网剧“隐秘的角落”拍摄点】本利士多、朝阳家（外观）、水井油条等。【广州湾商会会址】（外观）仿法国钟楼样式设计，二层钢筋混凝土结构，顶有钟亭，设置自鸣钟报时，风格别致，是赤坎最早的现代堂皇建筑、【广州湾历史民俗馆】、【明德艺术馆】、【湛江古玩文化城】古玩文化城的原址是爱国商人“许爱周”的故居，解放前曾经是国民党中央银行，粤西最大的古玩文化城，古玩文化城内的装修古色古香，并配有大量“广州湾”时期的图片，让市民及游客能更加充分地了解湛江的历史。在老街漫步，斑驳的印记总在不经意间流露出来，有一种沧桑气质是由岁月所锻造出来的。不妨绕开人群，走进有些僻静的小街里弄，发现繁华城市背后的老骑楼、老字号、古码头、青石路、手艺人的故事……
-                <w:br/>
-                <w:br/>
                 <w:br/>
                 晚上入住湛江市区酒店，交通便利。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：白切鸡生蚝宴   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -729,88 +713,80 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                湛江市区--湖光岩--三元塔公园--茂德公鼓城--乌石天成台
-[...3 lines deleted...]
-                <w:br/>
+                湛江市区--湖光岩--三元塔公园--茂德公鼓城--乌石天成台- -入住酒店。
+                <w:br/>
+                早餐后，前往【湖光岩风景区】（景区大门票已含，此为打包优惠价格，不另做优惠和退费。如需电瓶车客人自理20元/人），位于广东湛江市麻章区湖光镇，是雷琼世界地质公园的核心景区。它是距今14-16万年前火山喷发形成的玛珥湖，湖面面积约2.3平方公里，是中国乃至世界上保存最完好的火山口湖之一。湖光岩四山环湖，古树参天，负离子含量高，有“天然氧吧”之称。景区内有楞严寺、白衣庵、宋朝丞相李纲题写的摩崖石刻等人文景观。此外，湖水旱不枯涝不溢、湖面无落叶等自然之谜，也为其增添了神秘色彩。
                 <w:br/>
                 随后，前往雷州【三元塔公园】位于雷城镇曲街4号，占地约三万多平方米 。因园内有省级文物保护单位三元塔得名 。公园分前后两区，前区是体育、娱乐活动场所，后区为文物古迹风景区，有三元塔、二公祠等景点 。三元塔为明代楼阁式砖木结构，塔内17层，高57米 。园内绿树红花与楼台亭榭相映，充满浓郁的南国热带风光。
                 <w:br/>
-                <w:br/>
-                <w:br/>
                 游览【茂德公鼓城】是全国首座以鼓文化为主题的国家4A级景区的核心建筑。它位于雷州市雷阳湖畔，占地面积62亩，建筑面积6.3万平方米。鼓城外形参照古雷州府城，内部融入雷州半岛民居风格，以青石红砖土瓦筑造 。城内有高大的仿古城门和悬挂“天下第一鼓”的鼓楼。还设有方言酒店、特色餐饮等商业业态，以及茂德公戏楼、醒狮文化馆等文化场所 。此外，雷剧主题灯箱街和潮饮街等特色街区，展现了雷州文化与潮流元素的融合 。
                 <w:br/>
-                <w:br/>
-                <w:br/>
                 接着前往雷州【乌石天成台】，坐落在广东湛江市雷州半岛西海岸，是一处拥有“北部湾畔蓬莱岛”美誉的滨海秘境。这里最著名的便是那长达2000多米的天然海水浴场，沙质洁白细腻，海水湛蓝清澈，是天然的海滨浴场。天成台最迷人的时刻在于日落。每当傍晚，夕阳西下，金色的余晖洒满海面，将天空与大海染成一片火红，景象壮观而浪漫，是观赏“雷州落日”的绝佳胜地。此外，这里的海鲜资源极其丰富，游客可以品尝到刚从海里捕捞上来的生猛海鲜，鲜美多汁。无论是漫步沙滩、追逐海浪，还是品尝海鲜、观赏日落，天成台都能给人带来惬意放松的度假体验。
                 <w:br/>
-                <w:br/>
-                <w:br/>
                 晚上入住徐闻。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：菠萝宴     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -821,69 +797,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                徐闻--菠萝的海--南极村--灯楼角--渡琼作战指挥部--湛江西站
+                徐闻--菠萝的海--南极村--灯楼角--渡琼作战指挥部--湛江西站- -广州南站。
                 <w:br/>
                 早餐后，前往【菠萝的海】位于广东湛江徐闻县曲界镇。它是中国最大的菠萝生产基地，种植面积达30万亩。每当菠萝成熟季，连绵的红土地上，金黄果实与绿色叶片交相辉映，宛如金色海洋。这里还有观景台供游客俯瞰全景，菠萝交易市场充满生活气息，游客还能体验采摘，品尝菠萝美食，感受独特的农业旅游魅力。
                 <w:br/>
-                <w:br/>
-                <w:br/>
                 后前往【南极村】位于广东省徐闻县西南部，被琼州海峡和北部湾环绕，地形似牛角。这里有壮美的滨海景观、密集的人文史迹。你可以在苞西盐场体验传统晒盐，在放坡村感受东坡文脉，还能观赏到中国大陆架最大最美的珊瑚礁群 。
                 <w:br/>
-                <w:br/>
                 【灯楼角】是南极村的“顶端点”，也是中国大陆最南端的标志性地点 。这里矗立着一新一旧两座灯塔，新灯塔高36米，是琼州海峡和北部湾唯一的航标灯塔 。灯楼角还是解放海南岛的渡海启渡点，有渡海作战指挥所旧址 。其自然风光也十分迷人，北部湾和琼州海峡的合水线在此形成“十字浪”，涨潮时景象壮观 。
                 <w:br/>
                 【渡琼作战指挥部】是解放海南岛战役的核心指挥机构，由第四野战军第15兵团组建，邓华等将领坐镇统筹。指挥部设于雷州半岛前沿，紧邻琼州海峡，以灯楼角等为重要前哨阵地。它精准研判敌情，确定“积极偷渡、分批强渡”方针，统筹10万余兵力的海练、船工征集与物资筹备，协调琼崖纵队接应。通过高频无线电联络，实时把控风向潮汐与战场动态，下达关键作战指令，主导多批次渡海行动，最终突破“伯陵防线”，铸就木船胜军舰的战争奇迹，为海南解放奠定关键基础。
                 <w:br/>
-                <w:br/>
-                <w:br/>
                 游玩结束后前往【湛江西站】换乘动车返回广州南站（参考班次16：00-20：00，具体班次以实际为准）结束愉快旅程，自行返回温馨的家。
-                <w:br/>
-[...1 lines deleted...]
-                --------------温馨提示：以上行程仅供参考，旅行社可根据实际情况调整酒店、游览顺序，遇景点维修等非旅行社控制因素，旅行社保留使用其它相关代替景点的权利！--------------
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -949,61 +917,61 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、住宿：费用只含每人每天一床位，若出现单男单女，请在出发前自补房差。
                 <w:br/>
-                2、用餐：含2正2早（围餐10-12人一围）。
+                2、用餐：含2正2早5小吃（围餐10-12人一围）。
                 <w:br/>
                 3、门票：含景点首道大门票，其中园中园门票或注明“费用自行安排的”的如需前往或参观费用由客人自费。
                 <w:br/>
                 4、交通：根据实际人数当地安排22-55座旅游空调车，含往返高铁动车二等座票，保证一人一个正座。
                 <w:br/>
                 5、小孩标准（等于大于6周岁，13周岁以下含）：含当地旅游车车位、含往返高铁动车二等座半价票、含半价早餐正餐+半价首道大门票；不占床位、若超高请在当地自行补票。
                 <w:br/>
                 6、婴儿标准（6周岁以下)：含当地旅游车车位餐位，不含动车票+床位及景点费用。
                 <w:br/>
-                7、导游服务：特惠团，满40人以上派全陪；低于40人地接导游在当地接送团）。
+                7、导游服务：特惠团，不安排全陪；地接导游在当地接送团。
                 <w:br/>
                 8、赠送：矿泉水每人1支。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1228,51 +1196,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-01</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>