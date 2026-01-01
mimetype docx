--- v0 (2025-10-18)
+++ v1 (2026-01-01)
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">4</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -463,51 +463,51 @@
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 日期
                 <w:br/>
-                             简要行程
+                             简要行程
                 <w:br/>
                 交通
                 <w:br/>
                 早餐
                 <w:br/>
                 中餐
                 <w:br/>
                 晚餐
                 <w:br/>
                 住宿酒店
                 <w:br/>
                 D1
                 <w:br/>
                 广州白云机场·张家界荷花机场·张家界国家森林公园（黄石寨）
                 <w:br/>
                 飞机、汽车
                 <w:br/>
                 ×
                 <w:br/>
                 ×
                 <w:br/>
                 一山一院娃娃鱼宴
                 <w:br/>
                 张家界
                 <w:br/>
@@ -519,171 +519,171 @@
                 <w:br/>
                 √
                 <w:br/>
                 √
                 <w:br/>
                 鲵鱼宴
                 <w:br/>
                 张家界
                 <w:br/>
                 D3
                 <w:br/>
                 天门山国家森林公园·边城茶峒·凤凰古城
                 <w:br/>
                 汽车
                 <w:br/>
                 √
                 <w:br/>
                 √
                 <w:br/>
                 √
                 <w:br/>
                 凤凰古城
                 <w:br/>
                 D4
                 <w:br/>
-                凤凰古城·矮寨大桥·七十二奇楼  
+                凤凰古城·矮寨大桥·七十二奇楼  
                 <w:br/>
                 汽车
                 <w:br/>
                 √
                 <w:br/>
                 苗家风味宴
                 <w:br/>
                 ×
                 <w:br/>
                 张家界
                 <w:br/>
                 D5
                 <w:br/>
                 土司王府·张家界荷花机场·广州白云机场
                 <w:br/>
                 汽车、飞机
                 <w:br/>
                 √
                 <w:br/>
                 ×
                 <w:br/>
                 ×
                 <w:br/>
                 温馨的家
                 <w:br/>
                 参考
                 <w:br/>
                 航班
                 <w:br/>
-                去程飞机：广州白云机场-张家界荷花机场:南航CZ3381 /10:40—12:30分
+                去程飞机：广州白云机场-张家界荷花机场:南航CZ3381 /10:40—12:30分
                 <w:br/>
                 回程飞机：张家界荷花机场-广州白云机场:南航CZ3382 /13:25—15:15分（具体以实际出票为准）
                 <w:br/>
                 <w:br/>
                 【第1天：广州白云机场·张家界荷花机场·张家界国家森林公园（黄石寨）】
                 <w:br/>
-                请各位贵宾于指定时间抵达广州白云机场集合（T2地铁“机场北站”出）办理登记手续，乘南航飞机直飞张家界（参考航班：南航CZ3381 /10:40—12:30分），抵达后乘车前往【张家界国家森林公园】（含景区环保车及三索一梯联票），首先前往张家界国家森林公园核心景点之一的【黄石寨】（游览时间约1.5小时），黄石寨是张家界国家森林公园境内最著名的景区，素有“不到黄石寨，枉到张家界”之说。相传张良师傅黄石公曾到这里炼丹，黄石寨因此而得名。其位于张家界国家森林公园中部，为一巨大方山台地，海拔1080米，寨顶面积16.5公顷，堪称武陵源最美的观景台。登上这座天然的大观景台上，放眼望去，数不清的石峰石柱，嶙峋挺拔，密集广布，形成浩瀚的峰林，使人胸怀顿畅，欢乐不已。若遇云海连绵，群峰白纱披肩，峥嵘时隐时现，虚无缥缈，瞬息万变。
+                请各位贵宾于指定时间抵达广州白云机场集合（T2地铁“机场北站”出）办理登记手续，乘南航飞机直飞张家界（参考航班：南航CZ3381 /10:40—12:30分），抵达后乘车前往【张家界国家森林公园】（含景区环保车及三索一梯联票），首先前往张家界国家森林公园核心景点之一的【黄石寨】（游览时间约1.5小时），黄石寨是张家界国家森林公园境内最著名的景区，素有“不到黄石寨，枉到张家界”之说。相传张良师傅黄石公曾到这里炼丹，黄石寨因此而得名。其位于张家界国家森林公园中部，为一巨大方山台地，海拔1080米，寨顶面积16.5公顷，堪称武陵源最美的观景台。登上这座天然的大观景台上，放眼望去，数不清的石峰石柱，嶙峋挺拔，密集广布，形成浩瀚的峰林，使人胸怀顿畅，欢乐不已。若遇云海连绵，群峰白纱披肩，峥嵘时隐时现，虚无缥缈，瞬息万变。
                 <w:br/>
                 <w:br/>
                 前往张家界核心景区享用【一山一院娃娃鱼家宴】（价值888元/桌，不去不退），娃娃鱼是“淡水中的大熊猫”，经人工养殖精心养殖，广泛应用于食品行业，其肌肉中含有70多种天然活性物质，能促进人体生理代谢，增强免疫功能。一山一院餐厅，无论是餐厅环境，还是菜品，都是精心打造，只为给您的旅途增添一份惊喜和美好记忆。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 ☆☆温馨提示☆☆：
                 <w:br/>
                 1、散拼团有一定的特殊性，由于客人到达的时间可能不一样，短时间的等待属于正常情况，若因客人原因造成未能赶到正常发班时间的，产生额外费用，客人自行承担。
                 <w:br/>
                 2、我社有权根据港口及具体班次时间调整行程景点游览先后顺序、变更住宿地点（特别是国庆、春节等重大节日），但保证不降低行程标准，不再另行通知（有疑问请与当地导游协商处理），如遇自然灾害或交通管制等不可抗力因素，最终无法参观，我社不做任何赔偿。
                 <w:br/>
                 3、动车票均为系统随机出票，故无法指定连座或指定同一车厢，特别是成人与儿童票。如有需要，可自行在车上与其他乘客协商调座，敬请见谅！
                 <w:br/>
                 4、经铁路局规定实行实名制电子票退/改票业务，若产生退/改票，烦请乘车人携带有效身份证原件，自行前往退/改票点办理（退/改票点为高铁站、火车站，其他售票点无法处理退票），请游客须知。
                 <w:br/>
                 5、游客途中服务质量如有疑问，请首先找导游处理，导游会第一时间尽力为您解决！
                 <w:br/>
                 6、所有赠送项目，不用不退，请您知悉。
                 <w:br/>
                 【第2天：张家界国家森林公园（袁家界/天子山/金鞭溪）·《张家界千古情》表演
                 <w:br/>
                 <w:br/>
                 早餐后，前往【张家界国家森林公园】二次进山，乘【百龙天梯】索道站乘全暴露观光缆车·最高户外电梯·体验66秒直达山顶、挑战你的心速！一览春日风光！前往世界自然遗产的核心【袁家界】（游览时间约1.5小时），袁家界位于杉刀沟北麓，是以石英岩为主构成的一座巨大而较平缓的山岳，既有石丛小涧、银瀑高泻，又有竹林繁茂、苍松垂壁。水丰林密，空气极为清新，是张家界公园一处风景集中地，主要游览：【天下第一桥】【迷魂台】【哈利路亚山】（电影《阿凡达》中“悬浮山”的取景山）后花园等。后前往游览【天子山景区】（游览时间约1.5小时）素有峰林之王美称的天子山，她的神奇，在于烟云缭绕的奇石危峰，如柱、如塔、如笋，低者数十米，高者数百米，雕镂百态。有屈子行吟，有姐妹私语，有夫妻情深，有众仙聚会、群娥起舞，有天兵出征等天然群像。主要游览：御笔峰、仙女散花、贺龙公园、天子阁、贺龙铜像、西海峰林等。天子山有四大奇观：峰林、云海、日出、冬雪。一幅幅雄伟壮观、奇特迷人的景象，相信会让大家大饱眼福而流连忘返。
                 <w:br/>
                 <w:br/>
                 前往【金鞭溪】（游览时间约0.5小时）因途经张家界十大绝景之一—神鹰护鞭的金鞭岩而得名。金鞭溪沿线是武陵源风景最美的地界，从张家界森林公园门口进入后，往前步行300米左右就是金鞭溪的入口。穿行在峰峦幽谷间，溪水明净，跌宕多姿，小鱼游弋其中。溪畔花草鲜美，鸟鸣莺啼，人沿清溪行，胜似画中游。被誉为“世界上最美丽的峡谷之一。”
                 <w:br/>
                 ☆☆温馨提示☆☆：
                 <w:br/>
-                ※※ 张家界国家森林公园景区严格执行实名制购票，提前3天预约门票，分时段入园，请务必核对姓名、身份证号。一经预约成功，不退不改，门票损失自行承担，出游时必须携带身份证原件！
+                ※※ 张家界国家森林公园景区严格执行实名制购票，提前3天预约门票，分时段入园，请务必核对姓名、身份证号。一经预约成功，不退不改，门票损失自行承担，出游时必须携带身份证原件！
                 <w:br/>
                 <w:br/>
                 晚上游览【张家界千古情景区】（含景区游乐项目[除情人海游船+水上飞人外]及表演价值158元/人，此为赠送项目，不去不退），由世界演艺第一的宋城演艺倾力打造，再现了大庸古国万年的历史文化与民族风情，老少同乐，晴雨皆宜。大庸古街内非物质文化遗产和手工作坊云集，可近距离体验非遗文化的魅力。陶源秘境内赶尸鬼屋、蚩尤呼风唤雨风暴馆等高科技体验项目惊喜连连。烂苹果亲子乐园拥有丛林大冒险、旋转木马、淘气堡、碰碰车等数十项亲子游乐以及清明上河图电影馆，全家一起嗨。【张家界千古情风情歌舞演艺】：浓缩了张家界亿万年的历史文化与传奇，分为《沧海桑田》《武陵仙境》《天子山传奇》《小城往事》《马桑树下》等场，数百位演员倾情演绎，万余台舞台机械上天入地，视觉盛宴，心灵震撼。温馨提醒：此为赠送项目，如遇景区提质改造或疫情影响等不可抗力因素造成无法正常演出以及个人原因取消等，赠送项目，不游不退。
                 <w:br/>
                 <w:br/>
                 结束后前往酒店入住休息。
                 <w:br/>
                 【第3天：天门山国家森林公园·边城茶峒·凤凰古城】
                 <w:br/>
                 早餐后，后游览【天门山国家森林公园】（游览时间约4小时，含上下山交通、扶梯及鞋套）登张家界之巅，俯瞰张家界全景，观赏奇妙美丽的盆景花园。天门山文化底蕴深厚，有“武陵之魂”之称，更有湘西第一神山的美誉，它兼峰、石、泉、溪、云、林于一体，集雄、奇、秀、险、幽于一身，被誉为空中原始花园。惊险刺激的【盘龙崖玻璃栈道】是张家界天门山景区继悬于峭壁之上的鬼谷栈道、凭空伸出的玻璃眺望台、横跨峡谷的木质吊桥后打造的又一试胆力作。可与举世闻名的美国大峡谷玻璃走廊“天空之路”媲美，因而有了东方“天空之路”的美誉。
                 <w:br/>
                 <w:br/>
                 ☆☆温馨提示☆☆：
                 <w:br/>
                 ① 天门洞与通天大道广场之间须乘坐电扶梯方可抵达，请知悉。
                 <w:br/>
                 ② 天门山景区需提前3天预约，一经预约成功，不退不改，门票损失自行承担。游览时间由景区决定，我社将根据预约时间调整游览顺序，谢谢配合！
                 <w:br/>
                 ③ 天门山分A/B/C线，以我社实际预约为准，无任何差价可退。如遇天气、景区检修等客观原因，导致天门洞关闭、环保车停运或索道停运，由景区统一安排分配线路，旅行社无法自主选择其中一条线路，最终解释权归天门山景区负责。
                 <w:br/>
                 前往【边城茶峒景区】（游览时间约1小时），边城景区所在的边城镇，以前叫茶峒镇，2008年改名为“边城镇”，沈从文笔下真正的“边城”并不在凤凰，而在茶峒，因为《边城》一文的名气和旧有称呼的习惯，现在还有不少人依然把这叫茶峒。小镇始建于嘉庆八年（1803年），地处湖南、贵州、四川交界处，重庆立为直辖市后，严格意义上说是湖南、贵州、重庆的交界处，有“一脚踏三省”之称。
                 <w:br/>
                 <w:br/>
                 游玩结束后前往凤凰（车程约1.5小时），游览【凤凰古城】（已含凤凰接驳车）晚上夜游凤凰古城，欣赏沱江两岸醉人【凤凰夜景】夜游沱江——带您穿越千年凤凰的必游景点！它是《边城》里的古朴拉拉渡，“翠翠”就在这里痴痴地等待；它是血色湘西的黄金水道，有着千年历史。
                 <w:br/>
                 ☆☆温馨提示☆☆：
                 <w:br/>
-                ① 因凤凰古城当地旅游地方性保护，进入凤凰古城地界前，我社会安排凤凰当地导游在凤凰段陪同讲解，介绍凤凰当地风土人情。另，凤凰古城进城免费，不含小景点门票，如遇景区政策临时变动，敬请自理门票50-128元/人
+                ① 因凤凰古城当地旅游地方性保护，进入凤凰古城地界前，我社会安排凤凰当地导游在凤凰段陪同讲解，介绍凤凰当地风土人情。另，凤凰古城进城免费，不含小景点门票，如遇景区政策临时变动，敬请自理门票50-128元/人
                 <w:br/>
                 ② 凤凰古城为敞开式商业老街，凤凰导游义务介绍，旅游者购物行为为自主选择，旅行社不接受凤凰区域旅游者在小商铺购物方面的投诉及退换货的要求。建议有购物需求的旅游者提前了解相关信息，尽量选择资质齐全的购物商城或政府授牌的大型商铺。如有购买请保留好小票及售后联系方式，日后如有售后需求以便联系。
                 <w:br/>
-                ③ 行车途中旅游用车司机可能有兜售腊肉姜糖等特产行为，属当地所有旅游车普遍性正常现象，可自由选择购买，如有强迫，请第一时间拨打我社质监投诉电话以便及时处理。
+                ③ 行车途中旅游用车司机可能有兜售腊肉姜糖等特产行为，属当地所有旅游车普遍性正常现象，可自由选择购买，如有强迫，请第一时间拨打我社质监投诉电话以便及时处理。
                 <w:br/>
                 <w:br/>
                 结束后前往酒店入住休息。
                 <w:br/>
-                【第4天：凤凰古城·矮寨大桥·七十二奇楼  】
+                【第4天：凤凰古城·矮寨大桥·七十二奇楼  】
                 <w:br/>
                 早餐后，游览【凤凰古城】（游览时间约2小时），漫步古城，看沱江风光，江边吊脚楼，凤凰古城有着悠久的历史，最早可追溯到唐代，至今已有 1300 多年。作为国家历史文化名城，这里保存了大量的明清建筑和传统民居，古城内的青石板街道充满了古朴的气息，走在古城的石板老街上，仿佛能够穿越时空，感受历史的韵味。逛网红打卡地【翠翠街】，品苗家风情，看民族工艺，尝湘西味道，还原翠翠的故事，让您身临其境的感受沈从文笔下的《边城》，感受着浓郁的民族风情和深厚的历史文化底蕴。
                 <w:br/>
                 <w:br/>
                 前往【矮寨大桥景区】（车程约1小时，游览时间约1.5小时，含接驳车及悬崖栈道），游览全长1.5公里【矮寨悬崖玻璃栈道】，这里不仅可以欣赏到山高谷深、崖陡壁俏、林深路幽、巍峨险峻的武陵山脉中最精彩、最险峻、最梦幻的地段，更有天桥、天路、天台交相辉映、互为景致，构成人文与自然共生，壮丽于精巧同在的峡谷奇观。登【矮寨大桥】近距离观大桥雄姿，矮寨特大悬索桥创造四项世界第一，主跨跨径有1176米，是目前世界上跨峡谷跨径最大的钢桁梁悬索桥，桥面距峡谷底部高度达355米，相当于100多层高楼。乘坐观光电梯下达大桥的底部的观光通道，欣赏整个峡谷的美丽风景及体验峡谷云海漫步的缥缈感。
                 <w:br/>
                 <w:br/>
                 游览【张家界七十二奇楼】（游览时间约1.5小时，此景点为赠游景点，不去不退），七十二奇楼以其独特的造型和精妙绝伦的建筑设计，成为张家界令人瞩目的文旅新地标。踏入张家界七十二奇楼，就像闯入了一个融合奇幻与文化的独特世界。这里的建筑独具匠心，楼体飞檐层层叠叠，像是振翅欲飞的飞鸟。问鼎世界的洞天吊脚楼、闻名天下的奇楼灯光演绎秀，是72奇楼小镇的两大核心创意。72奇楼中央镂空创意的人文景观，与“神山”天门山遥相呼应。72奇楼的建筑颠覆了民众对土家族建筑文化传统的审美认知，是世界了解土家族文化的窗口！
                 <w:br/>
                 <w:br/>
                 结束后前往酒店入住休息。
                 <w:br/>
                 【第5天：土司王府·张家界荷花机场·广州白云机场】
                 <w:br/>
-                   早餐后，参观土家人心中的圣地--【土司王府】（游览时间约1小时）土司王府，又名土司王宫，南倚天门，北靠澧水，永定末代土司覃纯一被朝廷封为世袭千总后建造，距今近三百年历史。是土家族首领的行政与居住中心，见证了土司制度在湘西的运行；青石板路蜿蜒在吊脚楼间，每一块砖瓦都刻着土家族的故事。
+                   早餐后，参观土家人心中的圣地--【土司王府】（游览时间约1小时）土司王府，又名土司王宫，南倚天门，北靠澧水，永定末代土司覃纯一被朝廷封为世袭千总后建造，距今近三百年历史。是土家族首领的行政与居住中心，见证了土司制度在湘西的运行；青石板路蜿蜒在吊脚楼间，每一块砖瓦都刻着土家族的故事。
                 <w:br/>
                 <w:br/>
                 结束后，乘车前往张家界在张家界荷花机场乘坐飞机返回广州白云机场（参考航班：南航CZ3382 /13:25—15:15分），结束愉快的旅程。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
@@ -1123,51 +1123,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>