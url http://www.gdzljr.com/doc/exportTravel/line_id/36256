--- v0 (2025-10-24)
+++ v1 (2026-01-01)
@@ -483,126 +483,146 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                ——详细行程——
+                <w:br/>
                 第一天：起始点至-芒市-（车程约1.5小时）瑞丽        含：中餐           住宿：瑞丽
                 <w:br/>
                 游玩时间仅参考，以实际安排为准
                 <w:br/>
                 始发地机场乘（参考航班：待定）飞往芒市，接机后乘车前往游览【勐焕大金塔】是中国第一金佛塔，亚洲第一空心佛塔，是芒市标志性建筑，也是生活在这里的傣族人民的圣地。
                 <w:br/>
                 后前往游览【傣族古镇】以古傣文化为统领，以建筑为骨、以商贸为气、以非遗为技，依托山形水势，打造出一座集文化体验、休闲度假、旅游服务和生态居住为一体的世界古傣文化体验地。后芒市前往瑞丽入住酒店休息。
                 <w:br/>
                 瑞丽网评四钻参考酒店：瑞丽拉颂酒店，尚景酒店或同级
                 <w:br/>
                 <w:br/>
-                 【温馨提示】
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                【温馨提示】
                 <w:br/>
                 <w:br/>
                 云南地区紫外线较强，气候变化较快，请您在出行前提前做好相应准备，雨伞、外套、防晒霜.
                 <w:br/>
                 为避免出现饮食问题，请您在自行品尝美食时，选择正规的餐饮场所.
                 <w:br/>
                 在自由出行时，请您保管好个人财物，注意人身安全。
                 <w:br/>
                 <w:br/>
                 第二天：一寨两国，姐告口岸（车程约2.5小时）-腾冲龙江特大桥-北海湿地  
                 <w:br/>
                 含：早中晚餐   住：腾冲
                 <w:br/>
                 游玩时间仅参考，以实际安排为准
                 <w:br/>
                 酒店内早餐后驱车前往瑞丽游览【一寨两国】，瑞丽市西南约11公里，有一个世界少有的边境人文地理景观小寨——银井。有名的中缅边境71号界碑矗立寨中，国界线从该寨中央蜿蜒划过，是个典型的“【一寨两国】”边境地区，从瑞丽至弄岛的公路将同一傣族村寨一分为二，中方一侧的称为银井，缅方一侧的称为芒秀。寨中的国境线以竹棚、村道、水沟、土埂为界，因此，中国的瓜藤爬到缅甸的竹篱上去结瓜，缅甸的母鸡跑到中国居民家里生蛋便成了常有的事，边民们每月数十次地穿越神圣的国境线而浑然不觉。寨子里的老百姓语言相通、习俗相同，他们同走一条路，共饮一井水，同赶一场集，和睦相处。
                 <w:br/>
                 前往被誉为“祖国西南沙头角”的——姐告边境贸易区（是中国唯一按照“境内关外”模式实行特殊展国际陆路运输业的交通枢纽）【姐告口岸】参观大、小国门，中缅一条街。姐告边贸区位于瑞丽市4公里的瑞丽江东南岸，东、南、北三面与缅甸对外贸易主要口岸——木姐市相连，姐告，傣语中是旧城的意思。
                 <w:br/>
                 后驱车前往极边第一城——“腾冲”途游【龙江特大桥】全长2470多米，桥面离江280米，最高的索塔顶到江面470米，是高地震烈度下典型的山区高墩、大跨径桥梁，也是云南保腾高速创造“历史文化之旅/自然景观之旅、国际通道
                 <w:br/>
                 游览【北海湿地公园】（含船票）（游览时间约90分钟）1994年12月国家首批公布的全国33处国家重点湿地之一，也是云南唯一的国家湿地保护区。属高原火山堰湖生态系统。这里水草密密麻麻，根交错在一起，日复一日，年复一年，旧草腐烂，新的长在腐烂的草根上，然后又腐烂，然后又长出新的，最后形成了漂浮在水面上的草原，通常有一米多厚。脱了鞋赤脚走上“草岛”，感觉像踩海绵一样。   
                 <w:br/>
                 晚上：自由享受【天然温泉】（含无限次温泉，温泉开放时间：下午15：00-23：00，请客人提前带好泳衣；备注：不用无费用可退）
                 <w:br/>
                 腾冲温泉酒店：腾冲云峰山温泉酒店、腾冲映像温泉酒店、颐养乐福、开臣璞悦酒店或同级
                 <w:br/>
                 特别提示：如遇云峰山温泉酒店会议/政府征用/满房等无资源情况，则云峰山酒店换为同第四天住一个酒店，赠送云峰山景区换为赠送其他景点，温泉改为赠送热海浴谷温泉。带来不便，敬请谅解。
                 <w:br/>
                 <w:br/>
-                第三天：云峰山风景区、银杏村     含：早中晚餐           住：腾冲
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                第三天：云峰山风景区、火山公园      含：早中晚餐           住：腾冲
                 <w:br/>
                  游玩时间仅参考，以实际安排为准
                 <w:br/>
                 早餐后【云峰山】（酒店已含门票+电瓶车+索道，如客人不去，费用不退）在云峰绝顶辟崖建寺，远远望去，真有“仙山琼阁”之感。因之，云峰山长期以来是腾冲胜景之一。云峰山拔地而起、直刺苍穹，山腰上环绕着缥缈的云雾，整座山峰宛如若隐若现的人间仙景。登上云峰之颠，无论观日、观云、观山，都会令人心神摇荡，领略到那种“飘然欲仙”的奇妙感觉。
                 <w:br/>
-                 后游览【银杏村】（游览时间 90 分钟左右，已含景区电瓶车）这是电影（武侠）拍摄地、静谧梦幻的腾冲银杏村！这里，是宛如天堂的静谧秋景；这里，是冬季里的金色梦想； 这里，是电影《武侠》的拍摄地；这里，是天堂的后花园，这里&amp;quot;村在林中，林在村中&amp;quot;相互依托；这里，是天下第一银杏王国。每到深秋，房前屋后，黄叶纷飞，异常美丽。珍贵的百年银杏树让这个小村庄显得古朴和深邃。你可以尽情地在天堂里撒欢，让灵魂在金黄之间自由飘逸，为那一树树灿若黄金的奇特景观叹服！
-[...1 lines deleted...]
-                温馨提示：银杏最佳观赏期是10月中下旬-11月中下旬，银杏为季节性植物，因受外界因素，如天气气候、温度等各方面的影响，所有观赏度、数量、颜色等均 以景区实物为准 图片仅供参考 当地网评四钻参考酒店：腾冲世纪金源C座、维也纳、丽呈睿轩、美尔翡翠皇冠建国、万家灯火、东方轩逸、或同级
+                 后前往【火山公园】腾冲是中国最集中、最壮观、最典型的年轻火山地区，为全国四大火山群之一，有火山锥99座，其中火山喷口保存完好、具有观赏价值的火山锥22座。2002年国土资源部把腾冲列为国家火山地热地质公园，主要景点包括：大空山、小空山、黑鱼河、柱状节理等。 当地网评四钻参考酒店：腾冲世纪金源C座、维也纳、腾冲恒邦明宇丽呈酒店、丽呈睿轩、美尔翡翠皇冠建国、万家灯火、东方轩逸或同级
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 第四天：滇西抗战纪念馆-热海景区-司莫拉佤族村   含：早中晚餐           住：腾冲
                 <w:br/>
                 游玩时间仅参考，以实际安排为准
                 <w:br/>
                 早餐后游览爱国主义教育基地--【滇西抗战纪念馆】（游览2小时）国殇墓园是为纪念在滇西抗战中牺牲的远征军将士而倡建的陵园，始建于1944年，1945年7月落成，墓园由大门、忠烈祠、展览室、烈士塔等建筑组成，占地面积约80亩
                 <w:br/>
                 中餐前往腾韵食府餐厅体验【腾冲本帮菜土锅子】腾冲人本帮著名菜肴，因此菜肴来源于踏青之时，菜品皆采用大自然生态时蔬、肉禽，配以腾冲独特泡皮同时烹饪，须采用本土陶瓷瓦锅小火慢炖4小时以上，让汤汁和食材得到合二为一的境界，汤味醇厚起胶，方可上桌享用，因佳肴上桌后任须配以竹炭小火继续煲炖，亦赐美名“火山热海”，这不仅仅是一道菜这是在品菜之余让游客感受到腾冲本帮文化。
                 <w:br/>
                 后游览【热海景区】（含往返电瓶车）腾冲热海是云南西部最大的热气田，具有高温高压喷泉、汽泉、沸泉等度集中的特点。其地热显示特征有喷气孔、冒气地面、热沸泉、喷泉、热水泉华、毒气泉等7种景观。其中具有较高观赏价值的有大滚锅、热龙抱柱、珍珠泉、怀胎井、蛤蟆嘴、美女池，醉鸟井等世界奇观。    后前往【司莫拉佤族村】（含往返电瓶车）一个幸福的地方，司莫拉佤族村距腾冲市区13公里，是一个有着500多年历史的佤族聚居村落，一个民族文化保存完整的原生态古寨。村落依山而建，内有湿地、森林、竹海、梯田、涌泉，远古佤山的原始气息扑面而来。司莫拉，佤语当中的意思为“幸福的地方”
                 <w:br/>
                 晚餐前往瑞侨园餐厅体验“铜瓢牛肉”。后入住酒店休息。
                 <w:br/>
-                当地网评四钻参考酒店：腾冲世纪金源C座、维也纳、丽呈睿轩、美尔翡翠皇冠建国、万家灯火、东方轩逸、或同级
+                当地网评四钻参考酒店：腾冲世纪金源C座、维也纳、腾冲恒邦明宇丽呈酒店、丽呈睿轩、美尔翡翠皇冠建国、万家灯火、东方轩逸、或同级
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                <w:br/>
                 <w:br/>
                 <w:br/>
                 第五天：和顺古镇-茶博园-腾冲-（车程约2.5小时）芒市送团   含：早中餐
                 <w:br/>
                  游玩时间仅参考，以实际安排为准
                 <w:br/>
                 早餐后后游览中央电视台评选的中国十大魅力名镇年度大奖的【和顺侨乡】这里保存了较多的古建筑，祠堂、牌坊、荷池、洗衣亭比比皆是，有全国最大的乡村图书馆，艾思奇故居，龙潭，元龙阁，文昌宫，和顺民居、和顺小巷，滇缅抗战博物馆，了解和顺由马帮、玉石发迹的百年商号，体验侨乡文化。
                 <w:br/>
                 后前往【腾冲高黎贡山茶博园】以高黎贡山的古树茶品种居多。踏入游道，如同行走在翠绿繁茂的森林中，两旁皆是高过头顶的茶树。后根据航班时间送团，结束愉快难忘的遇见。
+                <w:br/>
+                <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.退房、返程前请仔细整理好自己的行李物品，请不要有所遗漏，增加您不必要的麻烦。
                 <w:br/>
                 2.针对我们的精心安排和导游服务工作中的不足，请留下您的宝贵意见。感谢各位贵宾对我们工作的支持和理解，我
                 <w:br/>
                 们希望有机会再次为您服务，如果您对这次云南之行感到满意，请不要吝啬介绍给您的亲朋好友，谢谢！
                 <w:br/>
                 <w:br/>
                 ———————— 以上行程时间安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准  前提下经全体游客协商同意后，进行游览顺序调整，敬请谅解！————————
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
@@ -1120,51 +1140,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>