--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251015SP65965801</w:t>
+              <w:t xml:space="preserve">TX-20251026SP37420644</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,59 +343,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【接送点】    
+                【接送点】     
                 <w:br/>
                 07:00梅东路（杨箕地铁D出口）
                 <w:br/>
                 07:40基盛万科肯德基（番禺广场地铁E出口）
                 <w:br/>
-                市区指定范围内15人或以上定点接送番禺指定范围内10人或以上定点接送
-[...1 lines deleted...]
-                返程地点：番禺广场、纪念堂地铁口、定点接送
+                以下上车点 广州4区（白云区、增城区、黄埔区、南沙区）4人起接  
+                <w:br/>
+                （安排大巴/接驳车/打车报销，不指定安排、上车时间当天按排）
+                <w:br/>
+                白云区：江高碧罗海酒店、人和镇政府、太和地铁站A出口
+                <w:br/>
+                增城区：增城中海城市广场、新塘汇美麦当劳、荔新路沿线均可接送
+                <w:br/>
+                黄埔区：大沙地地铁A出口、萝岗香雪牌坊
+                <w:br/>
+                南沙区：大岗镇政府、今洲广场旁星河盛世华润万家门口、黄阁麒麟广场车站
+                <w:br/>
+                非以上车点 广州3区（广从、花都区、增城、南沙）15人起接  不足人数补80元/人车差
                 <w:br/>
                 具体出发时间、地点以导游通知安排为准
                 <w:br/>
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -403,50 +413,52 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                行程亮点：
+                <w:br/>
                 ★升级入住东山岛岛上酒店，尽情游玩
                 <w:br/>
                 ★食足4餐，其中升级1餐品尝龙虾鲍鱼宴
                 <w:br/>
                 ★广州直达东山岛，时间更充足，游玩更深度
                 <w:br/>
                 ★南澳岛出海观光，体验渔排趣捞蟹笼，品味新鲜生蚝
                 <w:br/>
                 ★必打卡点：天堂湾|乌礁湾|南门湾|马銮湾|南屿-双面海|南澳跨海大桥|长山尾码头灯塔|新南澳外滩|汕头小公园|镇邦美食街|苏峰山环岛路
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -572,53 +584,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—东山岛 
-[...1 lines deleted...]
-                餐：晚餐                   住：东山岛早上指定地点集中乘车，在指定时间地址集合，乘车出发，前往【福建东山岛】（车程约6小时，途中自理午餐），别称陵岛，形似蝴蝶亦称蝶岛，位于中国福建省南部沿海，属于福建省漳州市东山县，是福建省第二大岛。14:30 游览【乌礁湾】（约1.5小时）是东山最长的海湾，长达10多公里，是国家林业局批准的国家级海滨森林公园。这里有壮阔的大海、漫长的沙滩、茂密的树林、安静的环境，如果你喜欢人少景美，那你可以来乌礁湾走走，体验私享一片海湾的快乐。如果你喜欢拍照，乌礁湾的风车公路，海边的残桥都是不错的拍照打卡点，听着阵阵海浪声，恍如身处不为人知的避世秘境。适时乘车前往入住酒店，稍作休息。18:00 享用晚餐【东山岛龙虾鲍鱼宴】19:00 游览【不一样夜景—天堂湾】（约1小时），天堂湾最引人注目的是其独特的自然景观。海湾呈月牙形，三面环山，一面朝海，形成了天然的避风港。这里的海水呈现出由浅至深的渐变色，在阳光照射下泛着迷人的蓝绿色光芒。岸边生长着成片的木麻黄防风林，为游客提供天然的遮阳屏障。
+                第一天：广州—东山岛                        餐：晚餐                   住：东山岛
+                <w:br/>
+                早上指定地点集中乘车，在指定时间地址集合，乘车出发，前往【福建东山岛】（车程约6小时，途中自理午餐），别称陵岛，形似蝴蝶亦称蝶岛，位于中国福建省南部沿海，属于福建省漳州市东山县，是福建省第二大岛。
+                <w:br/>
+                14:30 游览【乌礁湾】（约1.5小时）是东山最长的海湾，长达10多公里，是国家林业局批准的国家级海滨森林公园。这里有壮阔的大海、漫长的沙滩、茂密的树林、安静的环境，如果你喜欢人少景美，那你可以来乌礁湾走走，体验私享一片海湾的快乐。如果你喜欢拍照，乌礁湾的风车公路，海边的残桥都是不错的拍照打卡点，听着阵阵海浪声，恍如身处不为人知的避世秘境。适时乘车前往入住酒店，稍作休息。
+                <w:br/>
+                18:00 享用晚餐【东山岛龙虾鲍鱼宴】
+                <w:br/>
+                19:00 游览【不一样夜景—天堂湾】（约1小时），天堂湾最引人注目的是其独特的自然景观。海湾呈月牙形，三面环山，一面朝海，形成了天然的避风港。这里的海水呈现出由浅至深的渐变色，在阳光照射下泛着迷人的蓝绿色光芒。岸边生长着成片的木麻黄防风林，为游客提供天然的遮阳屏障。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -648,55 +666,63 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                东山岛—汕头
-[...3 lines deleted...]
-                早餐后，乘车前往游览堪称“圣托尼里”的【南门湾】（车程约20分钟，游玩约1小时），电影《左耳》的拍摄地，这里的风，这里的水，这里的五颜六色的房子都让人流连忘返，是一个你来了不想走，走了还想再来的小岛。这里有东海最干净的海水、建在铜山古城的古嵝山上，这里是铜山古城的最高点，又是风景绝佳的地方。10:30 前往【南屿-双面海】（车程约10分钟，游玩约1小时）是东山岛最著名的景观之一，具有极高的观赏价值。岸边和海面上的景色虽然互不相同，但却都彰显出海洋的魅力和绝美风光。从海岸线向内看，则是一片连绵不断的丘陵，茂密的热带雨林似乎在距离不远的地方等待着你的探索。而从海面向外眺望，则是无尽的海洋，翻涌着波涛汹涌的浪花，在阳光的照耀下闪闪发光。12:00 享用午餐【东山岛特色风味宴】13:00 前往【马銮湾】（车程约10分钟，游玩约1.5小时）海滨浴场也称马銮湾风景区。马銮湾湾长2500米，宽60米，纵深150米，水深2-3米，洁白细软的沙滩，不扎不沾，平缓地延伸到碧蓝的大海。夏天，游客的运动细胞就开始活跃，就会想到马銮湾去游泳，放风筝、打沙滩排球。那里有银白色的沙滩，经常有人把沙子盖到身上，享受着浪漫的日光浴，沙滩上有着五颜六色的贝壳，大小不一，形状各异，美丽极了。还有那一望无际的大海让人着迷，每当人们投进了大海的怀里，躺在游泳圈上面，望着湛蓝深远的天空，听着大海的故事，海浪仿佛就是大海唱出的优美摇篮曲，不时还有海鸥在蔚蓝的大海上欢快地翱翔。这就是美丽的马銮湾，迷人的马銮湾，多彩的马銮湾。15:00 前往【苏峰山环岛路】（车程约20分钟，游玩约1小时）苏峰山是东山岛最高的山，爬到山顶可以把天空、大海、渔村和山石都收入眼底，而最美的风景还是当属环岛公路，蓝色的路桥沿着山脉的走向一路向前，车行驶在路上，一边是碧海蓝天，一边的茂林青山，海风迎面吹来，美得让人沉醉，心底藏不住的欢欣雀跃。【电瓶车自理，约￥10元】16:30 前往【汕头小公园】、寻味【镇邦美食街】（车程约2小时，游玩+自理晚餐约2小时），汕头市“百载商埠”的历史见证，其基本仿造巴黎街区样式的独具一格的环形放射状路网结构、中西合璧的骑楼建筑群，是富有魅力的城市个性和地方文化的重要遗产。潮汕文化、海洋文化、华侨文化、商业文化、建筑文化在这里融合汇聚、相得益彰，修复活化这片“精神家园”成为众多潮人共同的梦想，百载商埠重现迷人风采！，各具特色的商铺招牌与骑楼相映成趣，整体装饰风格别具“潮”韵，复古雅致。目前入驻美食街的餐饮品牌均为知名度较高的潮汕特色美食，其中不乏“老字号”品牌，包括：百年银屏、老大鱼丸、壮雄薄壳然记肠粉、松发食品、老羊仔、蔡溪记、广场豆花、日日香、米琦甜品、阿丽清淖、南海冰室、荣轩食府、达濠李老二、祥麒大鼎猪血、西天巷蚝烙、打丸哥、爱西干面、适口砂锅粥、苏南勤记、福合埕、富苑饮食...适时入住酒店。
+                第二天：东山岛—汕头                      餐：早餐、午餐                住：汕头
+                <w:br/>
+                早餐后，乘车前往游览堪称“圣托尼里”的【南门湾】（车程约20分钟，游玩约1小时），电影《左耳》的拍摄地，这里的风，这里的水，这里的五颜六色的房子都让人流连忘返，是一个你来了不想走，走了还想再来的小岛。这里有东海最干净的海水、建在铜山古城的古嵝山上，这里是铜山古城的最高点，又是风景绝佳的地方。
+                <w:br/>
+                10:30 前往【南屿-双面海】（车程约10分钟，游玩约1小时）是东山岛最著名的景观之一，具有极高的观赏价值。岸边和海面上的景色虽然互不相同，但却都彰显出海洋的魅力和绝美风光。从海岸线向内看，则是一片连绵不断的丘陵，茂密的热带雨林似乎在距离不远的地方等待着你的探索。而从海面向外眺望，则是无尽的海洋，翻涌着波涛汹涌的浪花，在阳光的照耀下闪闪发光。
+                <w:br/>
+                12:00 享用午餐【东山岛特色风味宴】
+                <w:br/>
+                13:00 前往【马銮湾】（车程约10分钟，游玩约1.5小时）海滨浴场也称马銮湾风景区。马銮湾湾长2500米，宽60米，纵深150米，水深2-3米，洁白细软的沙滩，不扎不沾，平缓地延伸到碧蓝的大海。夏天，游客的运动细胞就开始活跃，就会想到马銮湾去游泳，放风筝、打沙滩排球。那里有银白色的沙滩，经常有人把沙子盖到身上，享受着浪漫的日光浴，沙滩上有着五颜六色的贝壳，大小不一，形状各异，美丽极了。还有那一望无际的大海让人着迷，每当人们投进了大海的怀里，躺在游泳圈上面，望着湛蓝深远的天空，听着大海的故事，海浪仿佛就是大海唱出的优美摇篮曲，不时还有海鸥在蔚蓝的大海上欢快地翱翔。这就是美丽的马銮湾，迷人的马銮湾，多彩的马銮湾。
+                <w:br/>
+                15:00 前往【苏峰山环岛路】（车程约20分钟，游玩约1小时）苏峰山是东山岛最高的山，爬到山顶可以把天空、大海、渔村和山石都收入眼底，而最美的风景还是当属环岛公路，蓝色的路桥沿着山脉的走向一路向前，车行驶在路上，一边是碧海蓝天，一边的茂林青山，海风迎面吹来，美得让人沉醉，心底藏不住的欢欣雀跃。【电瓶车自理，约￥10元】
+                <w:br/>
+                16:30 前往【汕头小公园】、寻味【镇邦美食街】（车程约2小时，游玩+自理晚餐约2小时），汕头市“百载商埠”的历史见证，其基本仿造巴黎街区样式的独具一格的环形放射状路网结构、中西合璧的骑楼建筑群，是富有魅力的城市个性和地方文化的重要遗产。潮汕文化、海洋文化、华侨文化、商业文化、建筑文化在这里融合汇聚、相得益彰，修复活化这片“精神家园”成为众多潮人共同的梦想，百载商埠重现迷人风采！，各具特色的商铺招牌与骑楼相映成趣，整体装饰风格别具“潮”韵，复古雅致。目前入驻美食街的餐饮品牌均为知名度较高的潮汕特色美食，其中不乏“老字号”品牌，包括：百年银屏、老大鱼丸、壮雄薄壳然记肠粉、松发食品、老羊仔、蔡溪记、广场豆花、日日香、米琦甜品、阿丽清淖、南海冰室、荣轩食府、达濠李老二、祥麒大鼎猪血、西天巷蚝烙、打丸哥、爱西干面、适口砂锅粥、苏南勤记、福合埕、富苑饮食...适时入住酒店。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -726,53 +752,62 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                汕头—南澳—广州 
-[...1 lines deleted...]
-                餐：早餐                     住宿：温馨的家早餐后，乘车前往“广东最美的岛屿”—【南澳岛】（车程约1小时），车游海上巨龙—【南澳跨海大桥】领略海上奇观，南澳大桥是全省最长的一座跨海大桥，全长11.08公里。09:00 游览【长山尾码头灯塔】（参观约30分钟），距离南澳大桥不远处，许多新人都会来此拍摄婚纱照，可见这个灯塔的颜值之高。后车游新南澳外滩—【前江湾海滨路】。09:30 前往游览【南澳县海防史博物馆】（车程约30分钟，参观约40分钟）广东省唯一县级海防史专题博物馆。南澳地处粤、闽、台三省交界海面，素有“闽粤咽喉、潮汕屏障”之称。在这个地处要冲的海岛县上，曾经留下宋明两代皇室驻跸的足迹，洒满民族英雄陆秀夫、戚继光、郑成功、刘永福抗侵御侮、捍疆卫国的血汗，载入了俞大猷剿贼、郑芝龙抗荷、林则徐查禁鸦片等辉煌的海防史迹。特别是明万历三年(一五七五年)诏设“协守漳(州)潮(州)等处地方专驻南澳副总兵”之后，先后有一百六十九任副总兵、总兵在此卫国御敌，成为中外闻名的海上军事重镇。全面了解南澳镇官兵守卫海防要地南澳本岛，指挥调配广东东路、福建南路的海防，驻守台湾、澎湖、淡水(清康熙二十四年之后)的海防史实，国防观念和爱国之情油然而生。11:00 前往【南澳万亩彩虹海游船观光+收蟹笼+每人6只生蚝】（车程约20分钟，游玩约1小时，自愿自费，当地交给导游，大小同价￥88元/人）体验鲜为人知的西线风景，深入彩虹海，穿梭万亩海耕养殖区，途中观赏白色风车山，介绍郑成功海上练兵场。客人可动手提拉蟹笼，讲解各种螃蟹品种，每人享食生蚝6只。包含内容：游船观光（约40分钟）+亲自撬蚝+每人6个生蚝+收蟹笼。13:00 午餐自理，后返回温馨的家，结束愉快的行程！（车程约5.5小时）
+                第三天：汕头—南澳—广州                   餐：早餐、生蚝                     住宿：温馨的家
+                <w:br/>
+                早餐后，乘车前往“广东最美的岛屿”—【南澳岛】（车程约1小时），车游海上巨龙—【南澳跨海大桥】领略海上奇观，南澳大桥是全省最长的一座跨海大桥，全长11.08公里。
+                <w:br/>
+                09:00 游览【长山尾码头灯塔】（参观约30分钟），距离南澳大桥不远处，许多新人都会来此拍摄婚纱照，可见这个灯塔的颜值之高。后车游新南澳外滩—【前江湾海滨路】。
+                <w:br/>
+                09:30 前往游览【南澳县海防史博物馆】（车程约30分钟，参观约40分钟）广东省唯一县级海防史专题博物馆。南澳地处粤、闽、台三省交界海面，素有“闽粤咽喉、潮汕屏障”之称。在这个地处要冲的海岛县上，曾经留下宋明两代皇室驻跸的足迹，洒满民族英雄陆秀夫、戚继光、郑成功、刘永福抗侵御侮、捍疆卫国的血汗，载入了俞大猷剿贼、郑芝龙抗荷、林则徐查禁鸦片等辉煌的海防史迹。特别是明万历三年(一五七五年)诏设“协守漳(州)潮(州)等处地方专驻南澳副总兵”之后，先后有一百六十九任副总兵、总兵在此卫国御敌，成为中外闻名的海上军事重镇。全面了解南澳镇官兵守卫海防要地南澳本岛，指挥调配广东东路、福建南路的海防，驻守台湾、澎湖、淡水(清康熙二十四年之后)的海防史实，国防观念和爱国之情油然而生。
+                <w:br/>
+                11:00 前往【南澳万亩彩虹海游船观光+每人6只生蚝+现场割蚝串+收蟹笼+汕头老轮渡】（车程约20分钟，游玩约1小时，自愿自费，当地交给导游，大小同价￥128元/人）体验鲜为人知的西线风景，深入彩虹海，穿梭万亩海耕养殖区，途中观赏白色风车山，介绍郑成功海上练兵场。客人可动手提拉蟹笼，每人享食生蚝6只。
+                <w:br/>
+                13:00 午餐自理，后返回温馨的家，结束愉快的行程！（车程约5.5小时）
+                <w:br/>
                 <w:br/>
                 ------【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】------
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -838,66 +873,59 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                成人：499元 (含车位、床位、餐)
-[...7 lines deleted...]
-                <w:br/>
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
                 2、用餐：含2正餐+2早餐（团队定制美食，10-12人一围，不用不退。行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）
                 <w:br/>
                 3、住宿：一晚东山岛酒店（参考：海豚湾/海迪伦/鑫发/同级）+一晚汕头酒店（参考：博地/蓝爵/君豪/同级）
                 <w:br/>
-                4、景点：景区首道大门票；5、导游：提供专业导游服务；
+                4、景点：景区首道大门票； 
+                <w:br/>
+                5、导游：提供专业导游服务；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -907,243 +935,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.行程中一切个人消费自理；
                 <w:br/>
                 2.强烈建议游客自行购买旅游意外保险；
                 <w:br/>
                 3.行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与。
               </w:t>
-            </w:r>
-[...191 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 88.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1390,51 +1225,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-08</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1578,79 +1413,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>