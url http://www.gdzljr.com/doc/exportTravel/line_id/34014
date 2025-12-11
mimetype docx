--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">(假日)【皇牌玩家】澳大利亚大洋路大堡礁10天文化生态之旅（墨尔本/凯恩斯/布里斯本/黄金海岸/悉尼）(澳航 深起港止)行程单</w:t>
+        <w:t xml:space="preserve">(假日)【春节】澳大利亚东海岸10天澳式山庄之旅（墨尔本/布里斯本/黄金海岸/悉尼）(深航 深圳往返)行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -126,51 +126,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">深圳市</w:t>
+              <w:t xml:space="preserve">全国联运</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
@@ -343,143 +343,134 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                香港-/-墨尔本      航班:QF030/1930-0750+1
-[...1 lines deleted...]
-                悉尼-/-香港          航班：QF127/1115-1750
+                深圳-/-墨尔本   参考航班：ZH811/23:55-13:00+1
+                <w:br/>
+                墨尔本-/-深圳    参考航班:ZH812/22:15-05:00+1
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 美食升级
                 <w:br/>
                 正餐中式餐升级为八菜一汤，呵护您的中国胃；
                 <w:br/>
-                凯恩斯澳式和牛日落晚餐、凯恩斯大堡礁游船自助午餐；
-[...8 lines deleted...]
-                升级2晚五星酒店，舒服度拉满！
+                野味袋鼠肉风味餐；特色火锅；
+                <w:br/>
+                品味韩式和牛烧烤BBQ自助餐，品种丰富，轻松畅吃；
                 <w:br/>
                 <w:br/>
                 体验升级
                 <w:br/>
-                【墨尔本】：探索“花园城市”，漫步墨尔本的巷道，领略墨尔本的无穷魅力；
+                【墨尔本】：漫步墨尔本的巷道，领略墨尔本的无穷魅力；
                 <w:br/>
                 【悬崖海岸公路】：号称世上最美公路之一，“人生必去的二十个旅程” 之一；
                 <w:br/>
                 【圣科达海滩】：日暮降临 海风拂面， 蓝色海水交相辉映，带来别样的浪漫气息；
                 <w:br/>
                 【悉尼渡轮】：像当地人一样搭乘【特色渡轮】游悉尼港，观赏两岸迷人景致；
                 <w:br/>
+                【蓝山国家公园】：探访新南威尔士州著名的世界自然遗产公园，探索自然美景； 
+                <w:br/>
+                【昆士兰博物馆】：自然科学的天地，也展示着人类历史文明的发展演变；
+                <w:br/>
+                【滑浪者天堂】： “电影海王取景地”、全世界最长的海岸线，绵长的金色沙滩；
+                <w:br/>
+                【澳式山庄】：自驾高尔夫球车追野生袋鼠、篝火晚会、乡村舞蹈及观星空目睹奇妙的南十字星；
+                <w:br/>
                 【悉尼动物园】：全开放式动物园，实现与澳洲特有的动物近距离接触的机会；
                 <w:br/>
-                【悉尼歌剧院】：从内到外感受这座世界著名的表演艺术中心及悉尼市的标志性建筑的独特魅力；
-[...9 lines deleted...]
-                【酷牛澳式牧场】：体验澳式牧场风情，参观牧场小动物，乘坐草车在草场上近距离喂牛，寓教于乐；
+                【墨尔本国立美术馆】：澳大利亚最大的美术馆，收藏着来自澳大利亚、欧洲、亚洲等地方的世界级艺术珍品；
                 <w:br/>
                 <w:br/>
                 贴心安排
                 <w:br/>
-                优选全球最安全前十航司--澳洲航空；
+                深圳航空：荣获中国内地五大航空公司之一；
                 <w:br/>
                 全程澳大利亚旅游专家的领队为您保驾护航，细致专业服务领先同行；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -518,478 +509,664 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 天数
                 <w:br/>
                 行程介绍
                 <w:br/>
                 第一天
                 <w:br/>
-                11月4日
-[...5 lines deleted...]
-                指定时间在深圳关口集中，乘车前往香港机场，在专业领队带领下办理登机手续，搭乘豪华客机前往“花园城市”-墨尔本。今晚夜宿机上，享受着机上的影音设备及空乘服务。
+                2月19日
+                <w:br/>
+                深圳-/-墨尔本
+                <w:br/>
+                航班：ZH811/23:55-13:00+1
+                <w:br/>
+                当天于指定时间在深圳宝安机场集中，在专业领队带领下办理登机手续，搭乘豪华客机前往澳大利亚“花园城市”~~墨尔本。今晚夜宿机上，享受着机上的影音设备及空乘服务。
                 <w:br/>
                 餐食
                 <w:br/>
                 早餐
                 <w:br/>
-                ---
+                敬请自理
                 <w:br/>
                 午餐
                 <w:br/>
-                ---
+                敬请自理
                 <w:br/>
                 晚餐
                 <w:br/>
-                ---
+                敬请自理
                 <w:br/>
                 住宿
                 <w:br/>
                 航机上
                 <w:br/>
                 第二天
                 <w:br/>
-                11月5日
-[...8 lines deleted...]
-                是圣基尔达海滩的标志性建筑之一，长长的栈桥延伸入海。码头上停满了各式各样的游艇，充满了浓郁的海滨风情。沿着码头散步，可以欣赏到美丽的海景，还能看到街头艺人的精彩表演，感受浓厚的艺术氛围。
+                2月20日
+                <w:br/>
+                墨尔本
+                <w:br/>
+                <w:br/>
+                下午飞抵墨尔本，开始今日精彩之旅：
+                <w:br/>
+                【布莱顿海滩(Brighton   Beach)】
+                <w:br/>
+                成片的彩虹小屋，是每位来旧都打卡拍照的旅客必去的景点之一。彩虹小屋保留了经典的维多利亚时代建筑特点，兼具艺术特色和超高颜值！
+                <w:br/>
+                【圣基尔达海滩】
+                <w:br/>
+                圣基尔达码头：是圣基尔达海滩的标志性建筑之一，长长的栈桥延伸入海。码头上停满了各式各样的游艇，充满了浓郁的海滨风情。沿着码头散步，可以欣赏到美丽的海景，还能看到街头艺人的精彩表演，感受浓厚的艺术氛围。
+                <w:br/>
+                圣基尔达栈桥（St Kilda Pier）：栈桥长 592 米，直伸大海，尽头是圣基尔达展馆，这是一座具有爱德华时代风格的建筑，曾被烧毁后重建，现已列入维多利亚州遗产名录。
+                <w:br/>
+                餐食
+                <w:br/>
+                早餐
+                <w:br/>
+                航机上
+                <w:br/>
+                午餐
+                <w:br/>
+                航机上
+                <w:br/>
+                晚餐
+                <w:br/>
+                √特色火锅
+                <w:br/>
+                住宿
+                <w:br/>
+                墨尔本：Element Richmond或同级4星标准
+                <w:br/>
+                第三天
+                <w:br/>
+                2月21日
+                <w:br/>
+                墨尔本-/-悉尼-蓝山国家公园-悉尼
+                <w:br/>
+                航班：待定或前一天晚班机
+                <w:br/>
+                上午飞往悉尼，抵达后开始今日精彩的行程：
+                <w:br/>
+                【蓝山国家公园】
+                <w:br/>
+                蓝山国家公园属于大蓝山地区( The Greater Blue Mountains Area )，该区域拥有7个国家公园，在2000年被列入自然类世界遗产。蓝山国家公园内生长著大面积的原始丛林和亚热带雨林，其中以尤加利树最为知名，尤加利树为澳洲的国树，有500多种之多，是澳洲珍贵的动物无尾熊的唯一的食品。当您步入风景如画的原始森林国家公园时，整个空气中散发著尤尤加利树的清香，给您一种返朴归真的世外桃源般的感受。
+                <w:br/>
+                【三姐妹峰】
+                <w:br/>
+                蓝山的风化砂岩悬崖高耸入云，至今已在这里矗立了五千多万年。置身其中，你会感到自己是如此渺小。这条位于悉尼西部崎岖不平的山脉，正是深受人们喜爱的三姐妹峰的所在之处，高耸的岩层在太阳的照射下不断呈现出不同的景象并投射出美丽的阴影，随着一天中时间的变化，俨然变成一块壮观的调色板。
+                <w:br/>
+                【罗拉小镇】
+                <w:br/>
+                蓝山风景区中以恬静的乡间风景闻名的当地小镇，有历史悠久的建筑物和优美的花园，独栋的小屋，尖尖的屋顶，小而精致的花园，以森林为后院，绿草为前庭。小镇里绿草如茵，鲜花盛放，处处都洋溢着诗意，让人仿佛置身在童话的浪漫国度。
+                <w:br/>
+                【悉尼动物园】
+                <w:br/>
+                悉尼动物园拥有超过4000种动物的园区，其中包括来自世界各地令人惊叹的濒危物种。悉尼动物园也是新南威尔士州唯一一个动物园和水族馆相结合的园区，还拥有世界最大的【爬行动物和夜行动物馆】！在我们美丽开放式的澳大利亚动物栖息地，您可看到袋鼠和小袋鼠在蜿蜒的步道上自由蹦跳，与您最喜爱的澳大利亚本土动物近距离接触。另外，园区内【水族馆】也是必打卡的景点，那里有可爱的神仙小企鹅、巨型的咸水鳄和公牛鲨，让您仿佛置身于海底世界！
+                <w:br/>
+                餐食
+                <w:br/>
+                早餐
+                <w:br/>
+                打包早餐
+                <w:br/>
+                午餐
+                <w:br/>
+                √西式简餐
+                <w:br/>
+                晚餐
+                <w:br/>
+                √
+                <w:br/>
+                住宿
+                <w:br/>
+                悉尼：Crowne Plaza Sydney Macquarie Park或同级4星标准
+                <w:br/>
+                第四天
+                <w:br/>
+                2月22日
+                <w:br/>
+                悉尼海岸一日游
+                <w:br/>
+                <w:br/>
+                早餐后开始今日精彩的行程：
+                <w:br/>
+                【邦迪海滩】
+                <w:br/>
+                澳大利亚著名的度假海滩之一，备受悉尼当地人欢迎，每年有大量的本地和国际盛事在此举行。在金色沙滩上漫步，或像当地人一样在海边晒晒太阳。海滩附近有很多时髦的冲浪商店、时尚店、露天咖啡馆、艺术画廊等，小资的漫步在这些时尚街道上也是个不错的选择。
+                <w:br/>
+                【无边泳池—外观】 
+                <w:br/>
+                无边泳池位于悉尼著名邦迪海滩，是澳洲比较适合拍照的海边泳池，全长50米的海水泳池不仅是晒日光浴的热门地点，更是邦迪海滩百年来的地标。
+                <w:br/>
+                【屈臣氏湾Watsons Bay】
+                <w:br/>
+                是悉尼著名的富人区。港湾里有序地停泊着许多游艇。一些居民的住宅直接对着海滩，充分享受着阳光和大海带来的快乐。从屈臣氏湾往里步行到南头，可远眺太平洋如画般的美景以及悉尼港美丽的旖旎风光。
+                <w:br/>
+                【悉尼港特色渡轮】
+                <w:br/>
+                乘搭【悉尼港特色渡轮】畅游南半球最美丽的海湾【悉尼港】；于船上观赏【悉尼高级住宅区】、【屈臣氏湾】、【玫瑰湾】、【伊丽莎白湾】及欣赏悉尼港湾美景。
+                <w:br/>
+                【悉尼大学】
+                <w:br/>
+                悉尼大学是澳大利亚历史最悠久和最负盛名的大学，被称为“澳洲第一校”，在世界范围内亦是最优秀的高等学府之一。该校创建于1850年，至今有160多年的历史，是澳大利亚最大的高校之一。悉尼大学为澳洲和世界的人类发展事业做出了巨大的贡献。其悠久的历史和显赫的成就为它赢得了“南半球牛津” (Oxford in South Hemisphere)的美誉。
+                <w:br/>
+                【澳大利亚博物馆】
+                <w:br/>
+                列入文化遗产名录的澳大利亚博物馆（Australian Museum）始建于 1827 年，是澳大利亚第一家博物馆。它拥有超过 2,100 万件藏品，而且澳大利亚博物馆研究所（Australian Museum Research Institute）也位于该博物馆内，使其成为进行自然和社会科学研究以及学习历史和文化的重要场所。澳大利亚博物馆内展厅众多，其中一楼大厅的“澳大利亚博物馆的200件珍宝”最为吸引眼球，它精选了博物馆中的200件具有代表性珍贵藏品(每次轮换展出100件)进行展示，这些“镇馆之宝”五花八门，主要有古代和近代文物、动物标本、矿物、化石等，令人大开眼界，展览还结合了100位对澳大利亚作出贡献的名人故事与展品相辅相成，让观众更深入地了解这些藏品背后的历史和文化背景。
+                <w:br/>
+                【圣玛丽大教堂】
+                <w:br/>
+                圣玛丽大教堂（St Mary&amp;#39;s Cathedral）位于学院街与阿尔伯特王子路的街角处，海德公园的对面，是悉尼大主教的所在地，被称为澳大利亚天主教堂之母（Mother Church of Australian Catholicism）。
+                <w:br/>
+                餐食
+                <w:br/>
+                早餐
+                <w:br/>
+                酒店内
+                <w:br/>
+                午餐
+                <w:br/>
+                渔市场自理
+                <w:br/>
+                晚餐
+                <w:br/>
+                √
+                <w:br/>
+                住宿
+                <w:br/>
+                悉尼：Crowne Plaza Sydney Macquarie Park或同级4星标准
+                <w:br/>
+                第五天
+                <w:br/>
+                2月23日
+                <w:br/>
+                悉尼海岸一日游
+                <w:br/>
+                <w:br/>
+                早餐后开始今日精彩的行程：
+                <w:br/>
+                【悉尼皇家植物园】
+                <w:br/>
+                坐拥水岸与悉尼歌剧院美景，是澳大利亚大陆上的“第一块农田（1788年）”。位于皇家植物园东北角的麦爵理夫人的座椅（Mrs. Macquarie’s Chair），据说麦爵里曾经受英国政府派遣在1810－1821年任澳大利亚总督，当总督回国述职时，留守在悉尼的夫人因思念而经常到望得见港湾入海口的“座椅”上翘首以望是否有来自于大英帝国的船队扬帆而来，带来她魂牵梦萦的丈夫。参观植物园中的【麦爵理夫人的座椅】，聆听这张石椅背后的动人传说，这里同时是欣赏并拍摄悉尼歌剧院及悉尼大桥的经典之站。
+                <w:br/>
+                【新南威尔士美术馆】
+                <w:br/>
+                美术馆建于1874年，是澳洲国内3大美术馆之一，陈列着澳洲境内优秀的艺术作品。馆内主要展出的是澳大利亚各个时期的美术作品，也有印象派大师和亚洲的美术作品。
+                <w:br/>
+                【沉浸式的悉尼歌剧院之旅—入内参观30分钟】
+                <w:br/>
+                悉尼歌剧院不仅是公认的 20 世纪世界七大奇迹之一，也是悉尼最具有地标性的建筑。建于海港上贝壳般的建筑物，外观将近全白色，极似漂浮在空中的散开花瓣，每年约有1,600 场音乐会、歌剧、戏剧与芭蕾舞表演等在此演出，幸运的话还有机会看见优雅的芭蕾舞演员进行排练，或见识乐团试音，亲身感受歌剧院独有的无穷魅力。
+                <w:br/>
+                【特别提示：此景点为全球预定，比较紧张，届时如预定不上，则更换为悉尼塔】
+                <w:br/>
+                【悉尼环形码头最美车站】
+                <w:br/>
+                紧邻悉尼海港大桥，可近距离观赏大桥的雄伟；环形码头也是拍摄海港大桥与歌剧院经典合影的最佳位置。
+                <w:br/>
+                【悉尼天文台山公园】
+                <w:br/>
+                天文台山是野餐、眺望海港、码头的制高点，悉尼海港景色在这里一览无遗。悉尼天文台是澳大利亚古老的天文台，悉尼天文台现在的所在地就是当年殖民时期的堡垒遗址。天文台会定期举行各种天文知识的演讲，以及晚间观象的研讨会，悉尼天文台在澳大利亚国家的科学史上具有举足轻重的地位。
+                <w:br/>
+                餐食
+                <w:br/>
+                早餐
+                <w:br/>
+                酒店内
+                <w:br/>
+                午餐
+                <w:br/>
+                √
+                <w:br/>
+                晚餐
+                <w:br/>
+                √韩式和牛烧烤餐
+                <w:br/>
+                住宿
+                <w:br/>
+                悉尼：Crowne Plaza Sydney Macquarie Park或同级4星标准
+                <w:br/>
+                第六天
+                <w:br/>
+                2月24日
+                <w:br/>
+                悉尼-/-布里斯本//黄金海岸-考拉奔
+                <w:br/>
+                航班：待定或前一天晚机
+                <w:br/>
+                早上飞抵布里斯本，开始今日精彩之旅：
+                <w:br/>
+                【南岸公园（South   Bank Parklands）】
+                <w:br/>
+                位于澳大利亚布里斯本河畔南岸，占地16公顷，是1988年澳洲举办世博会的旧址，现经重建后被誉为澳大利亚最好的市内公园，在此可一览整个布里斯本市。在世博会以前，布里斯本河南岸曾是美军驻扎的营地，二战之后荒凉得无人问津；世博会之后，昆士兰政府将世博会旧址改造成公园，“南岸公园”因此成为布里斯本市最著名的休闲场所。
+                <w:br/>
+                【袋鼠角】
+                <w:br/>
+                位于布里斯班河南岸的河套上，由于布里斯班河在这里形成一个大的“U”字形，其本身又处于一个高地上，可以俯瞰美丽的布里斯班河和对岸的建筑群。
+                <w:br/>
+                【昆士兰博物馆 (Queensland Museum) 】
+                <w:br/>
+                是自然科学的天地，也展示着人类历史文明的发展演变。里面陈列着各色各样的动物标本，从地上奔跑的远古恐龙，到海里游的鲸鱼，居然还有木乃伊，意想不到的展示有很多。而馆内的科学中心 (Science Centre) 更是互动多多，大朋友小朋友都非常喜欢。
+                <w:br/>
+                【华美达考拉奔山庄】：
+                <w:br/>
+                位于布里斯班与黄金海岸金三角风景旅游区，依山傍水被群山和河流环绕的山庄单就地理位置而言，在整个昆士兰州都是独一无二的。山庄拥有独具澳洲内陆土著风情的 80 多项娱乐活动，尽情享受澳式度假生活！（以下活动会根据不同季节及天气变化而调整，具体以山庄当天公布活动时间为准！）：
+                <w:br/>
+                自驾高尔夫球车在山谷中追逐野生袋鼠，寻找可爱野生袋鼠的踪迹，享受穿梭在度假村内遨游的时光。晚餐后，聚集在浩瀚星空下，点燃篝火，进行一场欢快的澳洲传统土风舞及篝火晚会。（如果碰到下雨会改成室内），后客人可自行前往体验农场内乒乓球、撞球、中国象棋、桌上冰球或找一处草地，观浩瀚星空。也可以自费参加自动麻将、卡拉OK等活动。
+                <w:br/>
+                （※注意事项※：高尔夫球车两人一部车，驾驶者需具有驾驶证，必须年满16周岁，如未满16周岁，虽无法开车，但仍可乘车看野生袋鼠）；
+                <w:br/>
+                餐食
+                <w:br/>
+                早餐
+                <w:br/>
+                打包早餐
+                <w:br/>
+                午餐
+                <w:br/>
+                √
+                <w:br/>
+                晚餐
+                <w:br/>
+                √酒店晚餐
+                <w:br/>
+                住宿
+                <w:br/>
+                华美达考拉奔山庄：The Kooralbyn Valley Resort4星标准
+                <w:br/>
+                第七天
+                <w:br/>
+                2月25日
+                <w:br/>
+                黄金海岸//布里斯本-/-墨尔本
+                <w:br/>
+                航班：待定或后一天早机
+                <w:br/>
+                早餐后开始今日精彩的行程：
+                <w:br/>
+                【澳洲传统农场活动】：（具体活动以庄园实际安排为准!）
+                <w:br/>
+                骑马：由工作人员牵马带你绕马场一周，体验自己骑马，还可以拍照。
+                <w:br/>
+                澳洲传统比利茶制作表演：比利茶就是一种盛行在澳大利亚土著人群中的文化。现场欣赏传统比利茶制作表演，并品尝比利茶与丹波面包。
+                <w:br/>
+                体验甩皮鞭、掷飞镖：跟随山庄工作人员学习澳洲土著传统甩皮鞭掷飞镖，更可以亲自体验，乐趣无穷。
+                <w:br/>
+                亲近山庄小动物：喂绵羊、挤奶牛。
+                <w:br/>
+                【塘鹅湾】
+                <w:br/>
+                这里是野生的塘鹅聚居地，也是很多游客慕名而来的地方。塘鹅以嘴大而闻名，是西方人眼中的“送子鸟”，黄金海岸的塘鹅湾，景色优美，环境优良，成群的野生塘鹅与居民和谐相处；随后Labrador Park （拉布拉多农贸市场）是一个集澳洲本土生活必需品和健康娱乐，医疗中心为一体的社区服务中心，在这里您可以自由体验本土人的超市文化，感受黄金海岸的生活气息。
+                <w:br/>
+                【黄金海岸城市艺术中心（HOTA艺术之家）】
+                <w:br/>
+                位于17公顷的原始公园内，是一处丰富年轻人娱乐和内心的热带瑰宝。其中最为瞩目的是新建的六层楼高的HOTA画廊，这里明亮、多彩和有趣。在画廊里有各式画展和其他花样繁多的艺术展。除了广受赞誉的国际艺术展览和儿童画廊之外，这座引人注目的地标也收藏了自1968年以来价值3200美元的艺术品之地。2021年竣工，成为澳大利亚最大地区艺术中心。
+                <w:br/>
+                【冲浪者天堂】
+                <w:br/>
+                “海王取景地”—黄金海岸的市中心，是全世界最长的沙滩海岸，有着“南半球的迈阿密”之称。笔直宽广的海岸线冲浪者天堂是冲浪者必去之地，冲浪的梦幻之所，这里有连绵的沙滩、和煦的阳光和蔚蓝的海水,日落时分在夕阳的照映下可以看到绵长的金色沙滩，这里每年都有各种世界顶级的冲浪赛事在这里举行。
+                <w:br/>
+                餐食
+                <w:br/>
+                早餐
+                <w:br/>
+                酒店内
+                <w:br/>
+                午餐
+                <w:br/>
+                √
+                <w:br/>
+                晚餐
+                <w:br/>
+                机场自理
+                <w:br/>
+                住宿
+                <w:br/>
+                墨尔本：Element Richmond或同级4星标准
+                <w:br/>
+                第八天
+                <w:br/>
+                2月26日
+                <w:br/>
+                墨尔本 – 悬崖海岸公路 – 墨尔本
+                <w:br/>
+                <w:br/>
+                早餐后开始今日精彩之旅：
+                <w:br/>
+                【悬崖海岸公路】
+                <w:br/>
+                悬崖海岸公路位于墨尔本西部，是澳大利亚最著名的自然景观之一。沿着这条路行驶，您将目睹令人惊叹的海岸风光，穿过独特的岩层，并经过迷人的维多利亚小镇和海滨渔港。准备好一段激动人心的旅程，品尝大自然的壮观盛宴。
+                <w:br/>
+                【十二门徒岩】
+                <w:br/>
+                一组穿出南大洋水面巍然耸立的巨型岩石，位于悬崖海岸公路坎贝尔湾，是澳大利亚著名地标性景观之一，大约形成于2000万年前，由12块各自独立的岩石群组成。这组岩石群千万年来，在海风和海浪的不断侵蚀下，逐渐形成了形态各异的奇岩，因为其数量和形态酷似耶稣的十二门徒，因此得美名十二门徒岩。
+                <w:br/>
+                【阿波罗湾】
+                <w:br/>
+                这个海湾位于维多利亚州南部海岸，呈美丽的新月形，曾是 20 世纪 30 年代的捕鲸站，现在是著名的冲浪和旅游胜地。
+                <w:br/>
+                【洛克阿德峡谷】
+                <w:br/>
+                洛克阿德峡谷 (Loch Ard Gorge) 也被称为六峡   (Six Gorges)，得名于一艘名为洛克阿德 (Loch Ard) 的英国移民船，该船在前往墨尔本的途中遭遇海难。为了纪念遇难者，人们修建了一座墓地，并将这个地方命名为洛克阿德。
+                <w:br/>
+                餐食
+                <w:br/>
+                早餐
+                <w:br/>
+                酒店内
+                <w:br/>
+                午餐
+                <w:br/>
+                √西式简餐
+                <w:br/>
+                晚餐
+                <w:br/>
+                √
+                <w:br/>
+                住宿
+                <w:br/>
+                墨尔本：Element Richmond或同级4星标准
+                <w:br/>
+                第九天
+                <w:br/>
+                2月27日
+                <w:br/>
+                墨尔本经典一日游-/-深圳
+                <w:br/>
+                航班：ZH812/23:55-05:00+1
+                <w:br/>
+                早餐后开始今日精彩之旅：
+                <w:br/>
+                【联邦广场】
+                <w:br/>
+                联邦广场是澳大利亚结构最复杂、最宏大的建筑项目之一。联邦广场面积占了整整一个街区，独特的、超现实的抽象主义建筑风格，颜色与格调洋溢着浓厚的澳大利亚土著文化色彩，体现了澳大利亚国民对源远流长的土著文化和土著居民祖辈的尊重，其鲜明而大胆的设计风格出自Lab建筑师事务所 （Lab Architecture）和澳大利亚Bates Smart建筑设计事务所之手。
                 <w:br/>
                 【墨尔本涂鸦街】
                 <w:br/>
                 墨尔本的涂鸦文化，巷内多条通道都喷满涂鸦，各种七彩涂鸦中不乏国际大师手笔，已成墨尔本一大观光景点，也被《Lonely Planet》，选为澳洲文化景点首选。
                 <w:br/>
-                【有轨电车】
-[...1 lines deleted...]
-                墨尔本是澳大利亚唯一保留着有轨电车的城市，它是这座城市的特征，可乘坐有轨电车探索墨尔本及其周边区域，穿梭在墨尔本的市区，让时间仿佛倒流回到19世纪。
+                【电车】
+                <w:br/>
+                是澳大利亚唯一保留着有轨电车的城市，它是这座城市的特征，可乘坐有轨电车探索墨尔本及其周边区域，穿梭在墨尔本的市区，让时间仿佛倒流回到19世纪。
                 <w:br/>
                 【圣派克大教堂】
                 <w:br/>
                 位于墨尔本市圣派翠克公园旁边，是墨尔本也是南半球最大最高的天主教堂。这座教堂大部分用青石建成，是19世纪最具代表性的哥特式建筑采用欧洲教堂流行的拉丁十字结构。教堂内有丰富的工艺作品收藏,包括细致的彩绘花窗玻璃;巧夺天工的木雕及石匠工艺,都突显出天主教堂的宏伟与庄严。
                 <w:br/>
-                【墨尔本皇家植园】
-[...5 lines deleted...]
-                墨尔本国立美术馆（简称 NGV）位于墨尔本市区，是澳大利亚历史最悠久、最受欢迎的公共艺术博物馆。在这里，我们最能感受墨尔本的“艺术之都”美誉，不论男女老少、素人明星，皆悠闲自在地徜徉于艺术的海洋。艺术欣赏无谓“懂”与“不懂”，每个人都能在这里找到自己的心之所向。
+                【皇家植园】
+                <w:br/>
+                皇家植物园建于19世纪，是当今世界上设计最好的植物园之一，种植着来自澳大利亚甚至世界各地的奇花异草。很值得我们观赏，体验活动丰富多彩，有儿童花园、植物标本馆、植物园商店等。
+                <w:br/>
+                【国立美术馆】
+                <w:br/>
+                国立美术馆（简称 NGV）位于墨尔本市区，是澳大利亚历史最悠久、最受欢迎的公共艺术博物馆。在这里，我们最能感受墨尔本的“艺术之都”美誉，不论男女老少、素人明星，皆悠闲自在地徜徉于艺术的海洋。艺术欣赏无谓“懂”与“不懂”，每个人都能在这里找到自己的心之所向。
                 <w:br/>
                 餐食
                 <w:br/>
                 早餐
                 <w:br/>
+                酒店内
+                <w:br/>
+                午餐
+                <w:br/>
+                √
+                <w:br/>
+                晚餐
+                <w:br/>
+                √
+                <w:br/>
+                住宿
+                <w:br/>
                 航机上
                 <w:br/>
+                第十天
+                <w:br/>
+                2月28日
+                <w:br/>
+                深圳
+                <w:br/>
+                <w:br/>
+                早上抵达深圳机场，结束愉快旅程！！！
+                <w:br/>
+                餐食
+                <w:br/>
+                早餐
+                <w:br/>
+                航机上
+                <w:br/>
                 午餐
                 <w:br/>
-                √
+                敬请自理
                 <w:br/>
                 晚餐
                 <w:br/>
-                √
-[...352 lines deleted...]
-                <w:br/>
                 敬请自理
                 <w:br/>
                 结束愉快旅程！
+                <w:br/>
+                <w:br/>
+                澳大利亚(Australia)自费项目表
+                <w:br/>
+                所有自费项目绝不强迫，如达到自费项目对应的成团人数，且在时间、天气等因素允许的前提下，予以安排。如因行程安排、天气、景区临时关闭等原因无法安排，请您理解。以境外导游所推价格及门市价格为准，不另行通知。
+                <w:br/>
+                为使阁下在澳大利亚旅程中更深入了解当地的风光、以及民俗风情，在不影响正常旅程安排的前提下，提供自费景点（娱乐）项目供旅游者自行选择参加与否。您可根据自己的喜好，自愿选择自费项目，相信自费活动会带给您不同的旅游体验；
+                <w:br/>
+                请您在选择自费项目之前慎重考虑，一旦确认参加并付费后，导游会进行预订，费用产生后旅游者取消的话，将无法退还您费用。请贵宾谨慎报名。
+                <w:br/>
+                城市
+                <w:br/>
+                序
+                <w:br/>
+                自费项目及内容介绍
+                <w:br/>
+                体验时间
+                <w:br/>
+                价格
+                <w:br/>
+                选
+                <w:br/>
+                悉   尼
+                <w:br/>
+                1
+                <w:br/>
+                悉尼歌剧院入内参观：:悉尼歌剧院是悉尼市地标建筑，也是澳大利亚地标，20世纪世界最具特色建筑之一，2007年被联合国教科文组织评为世界文化遗产。
+                <w:br/>
+                登悉尼塔：饱览悉尼美景……海中有港、港中有湾、湾中有城、城中有水。世界旅游组织将悉尼评为世界最美丽的海滨城市，空气质量最洁净的大都会。在悉尼塔上，可远眺80公里之内的地方。
+                <w:br/>
+                穿越悉尼大桥：在桥上可看到别具一格的风光。从桥北看歌剧院和市区又另有一番精彩！
+                <w:br/>
+                悉尼大学：澳洲第一校。在世界范围内亦是最优秀的高校之一。为澳洲和世界人类发展事业做出了巨大贡献。悠久的历史和显赫的历史、成就为悉尼大学赢得了“南半球牛津”的美誉。
+                <w:br/>
+                约3小时
+                <w:br/>
+                成人
+                <w:br/>
+                澳币150元
+                <w:br/>
+                小童价
+                <w:br/>
+                澳币130元【特别推荐、悉尼深度游】
+                <w:br/>
+                □
+                <w:br/>
+                2
+                <w:br/>
+                登上悉尼铁塔，饱览世界三大夜景之一~~悉尼夜景；途径悉尼特色街(同性恋大街与红灯区)，去Star City娱乐城外围参观。驱车经过悉尼大桥，到悉尼北岸观看歌剧院夜景。
+                <w:br/>
+                约3小时
+                <w:br/>
+                成人
+                <w:br/>
+                澳币120元
+                <w:br/>
+                小童价
+                <w:br/>
+                澳币100元
+                <w:br/>
+                □
+                <w:br/>
+                黄 金
+                <w:br/>
+                海 岸
+                <w:br/>
+                3
+                <w:br/>
+                百万游艇游纳瑞河：搭乘佰万豪华游艇畅游纳瑞河湾；品尝香槟大虾；体验喂食海鸥的乐趣；感受纳瑞河湾的美景；畅游世界第二富人湾：蓝天、碧湾、豪宅、美食！启发人生奋斗目标！体验人生价值！
+                <w:br/>
+                约1小时
+                <w:br/>
+                成人
+                <w:br/>
+                澳币150元
+                <w:br/>
+                小童价
+                <w:br/>
+                澳币130元
+                <w:br/>
+                □
+                <w:br/>
+                凯   恩 斯
+                <w:br/>
+                4
+                <w:br/>
+                半潜艇：通过1.5米深的海船底看大堡礁；
+                <w:br/>
+                30分钟
+                <w:br/>
+                澳币50元
+                <w:br/>
+                □
+                <w:br/>
+                5
+                <w:br/>
+                海底漫步：安全、简单的装备，穿梭于珊瑚与热带鱼类之间不会游泳也不用遗憾。
+                <w:br/>
+                30分钟
+                <w:br/>
+                澳币198元
+                <w:br/>
+                □
+                <w:br/>
+                6
+                <w:br/>
+                潜水：初级水肺潜水，零距离接触神密的大堡礁，探索海底花园。
+                <w:br/>
+                30分钟
+                <w:br/>
+                澳币198元
+                <w:br/>
+                □
+                <w:br/>
+                7
+                <w:br/>
+                小飞机：在上空盘旋看翡翠般的大堡礁；
+                <w:br/>
+                40分钟
+                <w:br/>
+                澳币299元
+                <w:br/>
+                □
+                <w:br/>
+                8
+                <w:br/>
+                直升飞机：在大堡礁海面饱览世界上独一无二的风光，航拍大   
+                <w:br/>
+                堡礁的壮丽景色，真正体验大堡礁浪漫情怀；
+                <w:br/>
+                30分钟
+                <w:br/>
+                澳币415元
+                <w:br/>
+                【特别推荐】
+                <w:br/>
+                □
+                <w:br/>
+                9
+                <w:br/>
+                绿岛上直升飞机：在大堡礁海面饱览世界上独一无二的风景
+                <w:br/>
+                15分钟
+                <w:br/>
+                澳币275元
+                <w:br/>
+                【特别推荐】
+                <w:br/>
+                □
+                <w:br/>
+                10
+                <w:br/>
+                热气球：世界上最安全的热气球，人生的美好回忆.
+                <w:br/>
+                空中飞行30分钟
+                <w:br/>
+                澳币495元
+                <w:br/>
+                【特别推荐】
+                <w:br/>
+                □
+                <w:br/>
+                墨尔本
+                <w:br/>
+                11
+                <w:br/>
+                直升机 : 澳洲悬崖公里十二门徒直升飞机巡游
+                <w:br/>
+                约15分钟
+                <w:br/>
+                约25分钟
+                <w:br/>
+                约60分钟
+                <w:br/>
+                澳币165元
+                <w:br/>
+                澳币245元
+                <w:br/>
+                澳币585元
+                <w:br/>
+                <w:br/>
+                我已阅读并充分理解以上所有内容，并愿意在友好、平等、自愿的情况下确认.旅行社领队已就上述行程中自由活动期间可以推荐的自费项目及相关内容、价格和风险对我进行了全面的告知、提醒。我经慎重考虑后，自愿参加上述自费项目，旅行社并无强迫。                                     
+                <w:br/>
+                <w:br/>
+                旅游者确认签字：
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1022,51 +1199,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.     团队经济舱机票费用及境外机场税、航空燃油税
                 <w:br/>
                 2.	澳大利亚ADS团队签证费用
                 <w:br/>
-                3.	全程4-5星酒店双人标准间住宿，澳洲新西兰部分酒店标间为大小床，属正常情况
+                3.	全程4星酒店双人标准间住宿，澳洲新西兰部分酒店标间为大小床，属正常情况
                 <w:br/>
                 4.	团队行程期间的空调巴士接送费用
                 <w:br/>
                 5.	行程中标注包含的景点首道门票费用
                 <w:br/>
                 6.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐8菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。
                 <w:br/>
                 7.	旅行社责任险。（旅游意外险不含，建议出行前自行按需购买个人出境旅游意外险！）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1088,53 +1265,53 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.  个人旅游意外保险费、新冠保险和航空保险费；
                 <w:br/>
                 2.   行程表以外活动项目所需的费用； 
                 <w:br/>
                 3.   出入境行李的海关税、搬运费、保管费和超重；
                 <w:br/>
                 4.   酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
                 5.   其他私人性开支（护照办理费用、行程外的交通费、洗衣、电话、酒水、单房）；
                 <w:br/>
-                6.   其他未约定由旅行社支付的费用：单房差￥3800/人（8晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
-[...1 lines deleted...]
-                7. 全程服务费￥800/人（出团时机场现付，领队代收，大小同价）。
+                6.   其他未约定由旅行社支付的费用：单房差￥4200/人（7晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
+                <w:br/>
+                7. 全程服务费￥1000/人（出团时机场现付，领队代收，大小同价）。
                 <w:br/>
                 特别备注：A：持ADS签证，旅途中不可离团；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1430,51 +1607,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-11</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>