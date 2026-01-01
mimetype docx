--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ZLJRQRTF-CG20250625V</w:t>
+              <w:t xml:space="preserve">ZLJRQRTF-CG202512305V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -655,51 +655,51 @@
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 成都—黄龙九寨/松潘高铁站—黄龙—九寨
                 <w:br/>
                 早餐后，乘动车前往九寨沟。
                 <w:br/>
                 乘车前往成都动车站，乘坐动车抵达黄龙九寨/松潘站，接站后，途中穿越险峻的岷江河谷、逆流而上可欣赏秀丽的岷江河谷风光羌民俗风情，切身体会“蜀道难，难于上青天势”，观岷江河谷风光，经有“川西北重镇”、“边陲重镇”、“战略要冲”之称的松潘古城，后经过川主寺。
                 <w:br/>
-                 随后乘车经过松潘后抵达【黄龙风景区】（含门票，不含：黄龙上下缆车120元、电瓶车20元、黄龙定位耳麦30元）游览3-4小时，黄龙风景名胜区位于阿坝藏族羌族自治州松潘县岷山主峰雪宝顶下，由黄龙本部和牟尼沟两部分组成。这是一个以奇幻美丽的钙化池闻名于世的景区，景区内众多的钙化池池水清澈见底，五光十色十分漂亮，还有森林、峡谷、雪山、瀑布等众多的自然风光，被称为“人间瑶池”。黄龙景区中壮观的地表钙华流蜿蜒于原始林海，酷似一条金色巨龙，腾飞天地，故名“黄龙”。并以彩池、雪山、峡谷、森林“四绝”著称于世。参观完毕后经过川主寺后沿途经过岷江源头后乘车返回九寨沟口，入住酒店入住酒店休息。（动车站-黄龙约30~50分钟-九寨120公里约2小时）
+                 随后乘车经过松潘后抵达【黄龙风景区】（含门票，不含：黄龙上下缆车120元、电瓶车20元、黄龙定位耳麦30元 , 游览3-4小时），黄龙风景名胜区位于阿坝藏族羌族自治州松潘县岷山主峰雪宝顶下，由黄龙本部和牟尼沟两部分组成。这是一个以奇幻美丽的钙化池闻名于世的景区，景区内众多的钙化池池水清澈见底，五光十色十分漂亮，还有森林、峡谷、雪山、瀑布等众多的自然风光，被称为“人间瑶池”。黄龙景区中壮观的地表钙华流蜿蜒于原始林海，酷似一条金色巨龙，腾飞天地，故名“黄龙”。并以彩池、雪山、峡谷、森林“四绝”著称于世。参观完毕后经过川主寺后沿途经过岷江源头后乘车返回九寨沟口，入住酒店入住酒店休息。（动车站-黄龙约30~50分钟-九寨120公里约2小时）
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1：黄龙海拔高3900米，建议根据自己身体情况量力而行；
                 <w:br/>
                 2：黄龙游览方式可：①乘缆车往返（往返120元）；②单程乘坐缆车（单程80元，步行下山）；③徒步行走；
                 <w:br/>
                 3：九寨房费和餐费为套餐制，套餐的餐食为酒店配餐，比较简约；如晚餐不用，无费用退出。
                 <w:br/>
                 4：川青铁路在松潘县有三个高铁站：松潘站/黄龙九寨站/黄胜关站，我社根据动车票情况选择出票站点，请知悉。
                 <w:br/>
                 交通：动车/汽车
                 <w:br/>
                 景点：【黄龙】
                 <w:br/>
                 自费项：不含：黄龙上下缆车120元、电瓶车20元、黄龙定位耳麦30元
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -750,77 +750,77 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 九寨景区一日游
                 <w:br/>
                 酒店用早餐后，前往景区。 （10公里约12分钟）。
                 <w:br/>
-                游览世界自然遗产-【童话世界九寨沟】（含优惠门票、不含：观光车旺季90元+保险10元；游览6—8小时），它集翠海、叠溪、彩林和藏族风情于一体，以其美丽绝伦的自然风光而成为中国著名的风景名胜区。九寨沟的蓝天、白云、雪山、森林、尽融于瀑、河、滩、缀成一串串宛若从天而降的珍珠（九寨开放区域为沟口经诺日朗瀑布至长海，其中长海、五彩池、镜海、诺日朗瀑布、树正海、双龙海瀑布、扎如寺为栈道步行景区，游览方式以景区安排为准）；
+                游览世界自然遗产-【童话世界九寨沟】（含优惠门票、不含：观光车淡季80元+保险10元；游览6—8小时），它集翠海、叠溪、彩林和藏族风情于一体，以其美丽绝伦的自然风光而成为中国著名的风景名胜区。九寨沟的蓝天、白云、雪山、森林、尽融于瀑、河、滩、缀成一串串宛若从天而降的珍珠（九寨开放区域为沟口经诺日朗瀑布至长海，其中长海、五彩池、镜海、诺日朗瀑布、树正海、双龙海瀑布、扎如寺为栈道步行景区，游览方式以景区安排为准）；
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                  1：九寨沟景区的游览方式需要乘坐景区观光车，请妥善保管好九寨沟的观光车票，以免查票
                 <w:br/>
                 2：九寨沟景区海拔2500-3100米；建议游客可从远至近进行游览，不做剧烈运动，以免高反
                 <w:br/>
                 3：九寨沟景区停车场距离景区大门需要步行5-15分钟，敬请谅解；
                 <w:br/>
                 4：冬季景区栈道及路面有冰雪，行走请注意安全；
                 <w:br/>
                 温馨提示：[此天行程户外游览时间较长，九寨沟高原地区日照充足，紫外线较强，请备好太阳镜、太阳伞、防晒霜等物品；请遵守景区管理制度，禁止吸烟、乱丢垃圾、违者最低罚款500元起；]
                 <w:br/>
                 <w:br/>
                 当地特色项目推介：
                 <w:br/>
                 《走进藏民家访》到藏家去做客，感受到藏族人民的热情好客一起跳起欢乐的锅庄，热情的为您献上洁白的哈达，更可以品尝手抓肉、酥油茶、特色藏式火锅等地道的藏族人民的饮食；（自费150-180元/人）
                 <w:br/>
                 《藏羌歌舞表演》九寨的歌舞晚会是九寨必不可少的秀色大餐，被誉为——“白天看风景，晚上观藏羌风情晚会”成为一道亮丽的人文风景，歌舞晚会，充分展示了九寨沟民俗风情给九寨沟完整旅游融入了浑厚的民族文化色彩，是九寨沟完整旅程中不可缺少的组成部分。（自费180-280元/人）
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【九寨沟】
                 <w:br/>
-                自费项：不含：九寨沟观光车旺季90元+保险10元
+                自费项：不含：九寨沟观光车淡季80元+保险10元
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：酒店套餐（不用不退）   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -946,51 +946,51 @@
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 成都-市区游览-广州   （航班时间待定）
                 <w:br/>
                 酒店早餐后，乘车前往市区游览 。
                 <w:br/>
                 游览【锦里古街】（游览约1.5小时），古街是川西仿古建筑，青石板小路，大红的灯笼，黑瓦、灰墙、青苔、翠竹、酒肆、戏楼...明清时代的建筑无不给人以古朴宁静的感受，颇有特色的“小吃区”，汇集了四川的名小吃：牛肉焦饼、张飞牛肉、久久丫..让人唇齿留香，富有三国特色和川西民俗的店铺让人目不暇接。
                 <w:br/>
                 游览【三星堆博物馆】（含门票，不含讲解耳麦30元自愿）由于其古域内三个起伏相连的三个黄土堆而得名，有“三星伴月”之美名，被评为国家AAAA级旅游景区，集文物收藏保护、学术研究和社会教育多种功能于一体，采用现代科学手段实施管理，集中收藏和展示三星堆遗址及遗址内一、二号商代祭祀坑出土的青铜器、玉石器、金器以及陶器、骨器等千余件珍贵文物，
                 <w:br/>
                 完毕后乘车前往成都机场送机，结束愉快行程。
                 <w:br/>
                 <w:br/>
-                特别说明：因三星堆每日限流，如未约到票则改游【金沙遗址博物馆】，同意报名即认可此调整方案。我社将全力抢票，争取能让游客参观三星堆。如因航班或动车车次问题，导致无法赠游锦里古街，无费用退出，请知悉。
+                特别说明：因三星堆每日限流，如未约到票则改游【都江堰水利工程】，同意报名即认可此调整方案。我社将全力抢票，争取能让游客参观三星堆。如因航班或动车车次问题，导致无法赠游锦里古街，无费用退出，请知悉。
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
                 景点：【三星堆】
                 <w:br/>
                 自费项：不含三星堆讲解耳麦30元
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
@@ -1082,51 +1082,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 服务标准：
                 <w:br/>
                 1：交通：含双程机票（不含机建燃油税）、含动车组二等座（不保证同车厢连坐）；当地空调旅游车（按实际人数调整）。
                 <w:br/>
                 线路产品为全款买断机票后销售，客人一经确认出行，临时取消导致机位没有时间进行二次销售而产生的损失，客人负责损失。团队票：如因个人原因，导致去程航班未乘坐，回程机票全损，往返机票损失由客人自行承担。
                 <w:br/>
                 <w:br/>
                 http://zxgk.court.gov.cn/（失信人员网站）,若客人为失信人员或为航空公司列入的黑名单人员，导致无法出票的，只退机建费用！
                 <w:br/>
                 <w:br/>
                 2：住宿 : 全程入住网评4钻豪华酒店，成都2晚当地5星酒店 未挂星；标准双人间；
                 <w:br/>
                 <w:br/>
                 3：用餐：行程内含4早5正，餐标30-70元/人；3个特色餐（沟内晚餐为房费套餐，不用不退），不含沟内自助餐60元/人（房费含早不用不退）八菜一汤，十人一桌（若不足10人，根据实际人数决定菜品数量），全程不用不退餐。
                 <w:br/>
                 <w:br/>
                 （沿线当地饮食与游客饮食习惯差异较大，餐饮风味、用餐条件与有一定的差异，可自备些零食（方便面、榨菜等）；
                 <w:br/>
                 <w:br/>
                 4：门票：含所列九寨、黄龙、优惠门票； 60岁以上长者，已经核算优惠门票，不在享受二次优惠；
                 <w:br/>
                 <w:br/>
-                （不含景区交通：九寨观光车旺季90元（必须乘坐）
+                （不含景区交通：九寨观光车淡季80元（必须乘坐）
                 <w:br/>
                 <w:br/>
                 （不含：九寨保险10元、黄龙往返缆车120元，黄龙电瓶车20元、黄龙定位救援耳麦30元、三星堆讲解耳麦30元；非必须自愿选择）；此团是综合打包价，已享受门票优惠，所有项目不用不退费，敬请谅解；
                 <w:br/>
                 <w:br/>
                 5：导游：当地优秀中文地陪服务；
                 <w:br/>
                 <w:br/>
                 6：在不减少景点的情况下，我社可调整游览先后顺序。
                 <w:br/>
                 <w:br/>
                 7：儿童2岁（以上）—12岁（以下）：含往返机票（不含机建燃油税）、含动车组二等座半票；含车位，含半价正餐。不含：住宿床位和景点门票； 如超高按当地门市价格现补，当地现付导游；
                 <w:br/>
                 <w:br/>
                 8：保险：含旅行社责任险，不含旅游意外保险和航空保险，建议组团社在客人出发前购买旅游意外保险。
                 <w:br/>
                 <w:br/>
                 特别说明：如遇航班有变化，取消或变更时间，则另行通知或改线或全款退还，不另作赔偿，特此说明！
                 <w:br/>
                 <w:br/>
                 自费推荐：（自愿选择）
                 <w:br/>
                 <w:br/>
                 九寨藏羌歌舞晚会	180-280元/人	
                 <w:br/>
@@ -1307,102 +1307,102 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">九寨沟观光车</w:t>
+              <w:t xml:space="preserve">九寨沟观光车淡季</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">（必须选择）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 90.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 80.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">自愿景交</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1882,51 +1882,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>