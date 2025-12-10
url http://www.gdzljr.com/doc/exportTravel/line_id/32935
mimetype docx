--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【悦享·纯玩】梦境仙本那五天半自助FY澳门行程单</w:t>
+        <w:t xml:space="preserve">【春节】【悦享·纯玩】梦境仙本那五天半自助FY澳门行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2天精华跳岛|纯玩0购物赠旅游险</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -418,51 +418,51 @@
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 搭乘飞萤航空公司航班或亚航航空公司，澳门直飞斗湖，免去舟车劳顿。
                 <w:br/>
                 特别安排仙本那两天跳岛游，深度感受仙本那大自然的美丽，
                 <w:br/>
                 【行程1】
                 <w:br/>
                 上帝的水族馆特别安排【卡帕莱】附近海域浮潜，邂逅小丑鱼、海龟；前往仙本那最美水屋拍大片【马布岛MWB水上屋】（赠送30秒团体航拍视频），网红必打卡，满足爱摆拍的你；午餐升级享用岛上现煮餐（非盒饭）。
                 <w:br/>
                 【行程2】
                 <w:br/>
-                LP世界十大潜水圣地【海上平台&amp;BOHAYEN岛&amp;马达京岛】：全新的海上平台，这里有让人着迷的海底世界：多彩珊瑚群，随处可见的大海龟，热带鱼群等等，马达京是潜水爱好者的麦加，午餐升级享用平台现煮餐（非盒饭）
+                LP世界十大潜水圣地【海上平台&amp;马达京岛】：全新的海上平台，这里有让人着迷的海底世界：多彩珊瑚群，随处可见的大海龟，热带鱼群等等，马达京是潜水爱好者的麦加，午餐升级享用平台现煮餐（非盒饭）
                 <w:br/>
                 全程不进店，纯玩无自费，品质保证，走心出品，！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -745,57 +745,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海上平台（免费赠送BOHAYEN岛拍照）+马达京岛浮潜
-[...1 lines deleted...]
-                酒店享用早餐后，09:30于码头集合乘船出发前往【海上平台】（不含门票马币25/人），此平台背靠BOHAYEN岛（平台客人免费登岛拍照），岛上拥有长长的拖尾沙滩，您可以在洁白柔软的沙滩自由拍照。平台建在海中央，您在这里自由浮潜，这里有让人疯狂的海底世界：随时可见五彩缤纷的珊瑚群，随海浪起舞的向您发出邀请，还可爱的NEMO鱼，成群的大海龟，风暴一般的鱼群，一切一切都这么疯狂和完美，平台还提供免费玻璃船和浆板拍照，
+                海上平台（视潮汐情况赠送BOHAYEN岛拍照）+马达京岛浮潜
+                <w:br/>
+                酒店享用早餐后，09:30于码头集合乘船出发前往【海上平台】（不含门票马币25/人），免费赠送BOHAYEN岛拍照（如因退潮原因无法登岛，行程将取消，免费赠送项目不作任何退费，请知悉！），岛上拥有长长的拖尾沙滩，您可以在洁白柔软的沙滩自由拍照。平台建在海中央，您在这里自由浮潜，这里有让人疯狂的海底世界：随时可见五彩缤纷的珊瑚群，随海浪起舞的向您发出邀请，还可爱的NEMO鱼，成群的大海龟，风暴一般的鱼群，一切一切都这么疯狂和完美，平台还提供免费玻璃船和浆板拍照，
                 <w:br/>
                 中午餐我们为各位贵宾准备岛上现煮的自助午餐，冰镇饮料水果等
                 <w:br/>
-                下午前往【马达京岛】浮潜，该岛屿是仙本那海洋生态最为丰富的海域，也是最常可以遇见海龟的海域岛
+                下午前往【马达京岛】海域浮潜，该岛屿是仙本那海洋生态最为丰富的海域，也是最常可以遇见海龟的海域岛
                 <w:br/>
                 约15:30坐船返程回酒店休息，晚餐自理。
                 <w:br/>
                 交通：船
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：平台现煮     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -1087,51 +1087,51 @@
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.机票税及导游司机服务费600元/人
                 <w:br/>
                 2.马来西亚政府旅游税10马币/间/晚
                 <w:br/>
-                3.马布海外木屋+海上平台登岛门票 合计马币75/人
+                3.马布岛水屋+海上平台登岛门票 合计马币75/人
                 <w:br/>
                 4.全国各地至珠海关口及澳门返回国内的交通。
                 <w:br/>
                 5.单房差（因酒店不设自然单间单人需补房差）
                 <w:br/>
                 6.一切个人消费，行程备注未含项目。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1413,51 +1413,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>