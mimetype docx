--- v0 (2025-10-21)
+++ v1 (2026-03-04)
@@ -126,51 +126,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">广州市</w:t>
+              <w:t xml:space="preserve">长沙市-广州市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
@@ -412,70 +412,69 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 树顶回归特别安排1晚伊丽莎白传奇树顶酒店Treetops Lodge 
                 <w:br/>
                 <w:br/>
                 1私人保护区+2大湖区+3大保护区
                 <w:br/>
                 创新100%好评新项目-徒步私人保护区星月岛
                 <w:br/>
                 船游鸟类天堂-纳瓦沙
                 <w:br/>
                 火烈鸟-埃尔门泰塔湖
                 <w:br/>
                 安博塞利-拍摄乞力马扎罗&amp;金合欢树大象群的日落
                 <w:br/>
                 2次Safari-马赛马拉国家公园
                 <w:br/>
                 阿布戴尔-夜暮降临时，各种野生动物在宾馆旁的水塘饮水，洗澡，舔盐，捕猎，或在草丛中悠然漫步，或追逐狂奔
                 <w:br/>
                 <w:br/>
                 闭眼入理由
                 <w:br/>
-                升级内罗毕当地五星
+                升级内罗毕市区豪华酒店
                 <w:br/>
                 长颈鹿之吻-长颈鹿公园
                 <w:br/>
                 爱尔莎庄园英式下午茶
                 <w:br/>
                 赠送日落香槟+篝火晚会
                 <w:br/>
-                全4-5星酒店
+                全程精选优质特色酒店
                 <w:br/>
                 牛津学者讲非洲五霸视频课堂
                 <w:br/>
                 赠送国际插头、安排随车音响
                 <w:br/>
                 越野车不超过6客一台车
                 <w:br/>
                 特别创新升级印度洋龙虾餐+中式火锅餐
                 <w:br/>
                 穿越赤道线——小游戏南北神奇魔力
-                <w:br/>
                 <w:br/>
                 <w:br/>
                 精选航线：长沙往返内罗毕，+500可申请全国联运。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
@@ -717,51 +716,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">安博塞利当地四星级酒店Amboseli AA Camp/Amboseli penety resort/amboseli sentrim camping 或同级酒店</w:t>
+              <w:t xml:space="preserve">入住安博塞利特色酒店Amboseli AA Camp/Amboseli penety resort/amboseli sentrim camping 或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -797,51 +796,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：印度洋龙虾餐     晚餐：中式海鲜火锅餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">内罗毕Argyle Grand Hotel Nairobi Airport当地五星或同级酒店</w:t>
+              <w:t xml:space="preserve">入住内罗毕市区豪华酒店Argyle Grand Hotel Nairobi Airport同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -881,51 +880,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马赛马拉Mara Chui Lodge/ Mara aa lodge 当地五星或同级</w:t>
+              <w:t xml:space="preserve">入住马赛马拉当地特色Mara Chui Lodge/ Mara aa lodge或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -961,51 +960,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：打包午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马赛马拉Mara Chui Lodge/ Mara aa lodge 当地五星或同级</w:t>
+              <w:t xml:space="preserve">入住马赛马拉当地特色Mara Chui Lodge/ Mara aa lodge或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1041,51 +1040,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">埃尔门泰塔湖Jacaranda Lake Elementaita Lodge当地四星或同级</w:t>
+              <w:t xml:space="preserve">入住埃尔门泰塔湖湖滨特色酒店Jacaranda Lake Elementaita Lodge或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1123,51 +1122,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：打包午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">埃尔门泰塔湖Jacaranda Lake Elementaita Lodge当地四星或同级</w:t>
+              <w:t xml:space="preserve">入住埃尔门泰塔湖湖滨特色酒店Jacaranda Lake Elementaita Lodge或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1209,51 +1208,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">阿布戴尔Tree Tops Hotel  树顶酒店</w:t>
+              <w:t xml:space="preserve">入住阿布戴尔Tree Tops Hotel  树顶酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2047,51 +2046,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>