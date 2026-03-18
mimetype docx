--- v0 (2026-01-01)
+++ v1 (2026-03-18)
@@ -402,51 +402,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ◎【必玩理由】★★★★★
                 <w:br/>
                 ◎【品质出行】纯玩品质
                 <w:br/>
                 ◎【优质航班】五星南航广州直飞巴厘岛，拒绝廉价航空
                 <w:br/>
                 ◎【专业领队】广州起止，专业领队，悉心照料全程旅行
                 <w:br/>
-                ◎【豪气住宿】2晚福朋喜来登酒店或同级+2晚海边别墅或同级
+                ◎【豪气住宿】2晚福朋喜来登酒店或同级+2晚度假别墅或同级
                 <w:br/>
                 ◎【网红打卡】巴图尔火山Batur赏绝美一线火山景观+网红Alas Harum（含鸟巢）
                 <w:br/>
                 ◎【优选景点】贝妮达岛西线(精灵坠崖+破碎沙滩+天神浴池)--贝尼达岛水上活动（含浮潜+独木舟+香蕉船）
                 <w:br/>
                 ◎【海鲜升级】金巴兰BBQ（4人份：1公斤虾+1公斤鱼+1公斤蛤蜊+1公斤鱿鱼+每人一只螃蟹+空心菜配菜+米饭+矿泉水）  
                 <w:br/>
                 ◎【美食享受】博士餐厅中式料理；红海湾中式料理；网红自助餐；海鲜活虾火锅
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
@@ -647,51 +647,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                南湾俱乐部--乌鲁瓦图情人崖--古龙宫--金巴兰落日落+BBQ(4人份:一公斤虾+-公斤鱼+-公斤蛤蜊+一公斤鱿鱼+每人一只螃蟹+空心菜+米饭+矿泉水)
+                南湾俱乐部--乌鲁瓦图情人崖--金巴兰落日落+BBQ(4人份:一公斤虾+-公斤鱼+-公斤蛤蜊+一公斤鱿鱼+每人一只螃蟹+空心菜+米饭+矿泉水)
                 <w:br/>
                 早餐后，约定时间集合出发【南湾俱乐部】这里真是休闲娱乐的好地方！面向碧蓝的海水，周围是郁郁葱葱的椰子树。南湾海滩俱乐部不仅提供各种水上娱乐设施，如水上摩托和浮潜装备，还有吊床让你放松。拍照打卡的话，南湾海滩俱乐部的标志牌和吊床都是好选择。
                 <w:br/>
                 <w:br/>
                 流传着神话色彩的【乌鲁瓦度情人崖】，它的背后有一段凄美的爱情悲剧，为此地平添了离奇色彩。在这里，您可以欣赏印度洋海岸美景。
                 <w:br/>
                 <w:br/>
                 晚餐前我们前往巴厘岛最著名的落日观赏地【金巴兰日落海滩+BBQ烧烤】海景落日、沙滩、歌手民谣、美食、点点烛光,无限浪漫。把巴厘岛旅游带入一个新的境界。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -765,51 +765,51 @@
                 【破碎海滩】破碎海滩(Broken Beach)也称之为天仙裂痕，这是一座天然形成的拱桥，海上拱门。事实上是一个巨大洞穴的遗迹，经过多年海水的冲刷，洞穴崩塌并开始与海湾相连。因此在此形成一处特别的景致。
                 <w:br/>
                 <w:br/>
                 【天神浴池】天使浴池(Angel Billabong)是岛上极具人气的必玩儿景点之一。这种景观主要是火山岩经由海浪日积月累拍打形成的。池内海水碧绿澄澈，池外便是广阔浩瀚的大海，可以给予旅行者一座360度无死角的网红拍照圣地。
                 <w:br/>
                 <w:br/>
                 温馨提示：所有的水上活动均有一定的危险性，请根据自身健康状况，评估风险参与。如您计划参加水上活动，建议准备好泳衣泳裤及多备一套衣服，以便水上活动之后可以更换。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助     午餐：岛上简餐     晚餐：红海湾中式料理   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：岛上简餐     晚餐：古龙宫餐厅   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">海边别墅或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1104,51 +1104,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【机票】去程：广州--巴厘岛 回程：巴厘岛--广州（含机建燃油税）
                 <w:br/>
-                【住宿】2 晚福朋喜来登酒店或同级+2 晚海边别墅或同级
+                【住宿】2 晚福朋喜来登酒店或同级+2 晚度假别墅或同级
                 <w:br/>
                 【用餐】全程 6 正 4 早（正餐为行程所列，如航空公司航班时间临时调整，我社有权根据实际航班时间安排用餐，不做任何
                 <w:br/>
                 赔偿所有餐食如自动放弃，款项恕不退还）
                 <w:br/>
                 【交通】旅游车全程用车（保证一人一正座）
                 <w:br/>
                 【导游】当地优秀导游服务
                 <w:br/>
                 【领队】全程领队管家陪同服务
                 <w:br/>
                 【门票】行程所列景点首道大门票（不含园中园门票）
                 <w:br/>
                 【保险】旅游意外险（最高保额为 30 万元/人）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1514,83 +1514,106 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                一、预定须知
+                <w:br/>
                 1、此价格为持中国大陆护照的销售价格，持非中国大陆护照（外籍护照或港澳护照）需加收￥500/人。（注意：持香港或澳门行政区特区护照出团时必须携带回乡证等有效证件）
                 <w:br/>
                 2、如出现有单人或单男单女，则以加床为原则，出现单人房须收取单间差价费用。
                 <w:br/>
                 3、最低成团人数10人，团体以10位成人成行，若未能达到成团人数，可以转其他出发日期或全额退款，无额外费用补偿；满足14人安排领队，如不满足14人，我司将安排专人送团。
                 <w:br/>
                 4、此行程为团队往返，行程表上的行程当地导游在征求客人同意的情况下可以调动，但出现的景点必须会游览。
                 <w:br/>
                 5、如客人不随团由指定口岸出境，请自理签证及前往机场交通费，不作任何退款。
                 <w:br/>
                 6、航班时间以航空公司公布为准。航司有权对航班作出任何更改，如有变动，我司恕不另行通知，请以电话确认为准。
                 <w:br/>
                 7、所需提供的资料：护照原件（须有半年以上有效期及足够的签证空白页）、半年内的近期2寸彩色照片2张（限白底）
                 <w:br/>
                 8、游客因个人原因临时自愿放弃这次旅行，旅行当中的景点门票费用、酒店住宿费用、餐费、车费等均不退还；由于客人个人取消后所产生的房损也需由客人自己承担费用。
                 <w:br/>
                 9、游客的购物属于客人的自行购买行为，我公司不承担客人的自愿购买行为责任。
                 <w:br/>
                 10、行程表中所列自费项目，客人有权自愿选择参加。我社提供的自费项目参考价格适用于10人以上团队，如果参与人数不够10人，将无法享受此团体优惠价格，具体价格视参加人数而调整。如客人参加自费涉及到用餐的，餐费已经退在自费项目内，不另退餐费或安排用餐。
                 <w:br/>
                 11、境外的当天行程到酒店休息为止，客人私自外出发生一切意外均与旅行社无关。
                 <w:br/>
                 12、客人不得随意离团，否则将收取RMB1500/人/天离团费用；离团期间出现安全事故，责任客人自理！
                 <w:br/>
                 13、60岁以上的老人参团需有直系亲属的陪同，患病旅行者和孕妇不得参团。 
                 <w:br/>
                 14、客人和导游之间兑换当地货币，若返程之时未用尽，请及时同当地导游兑回，回国后我社不代为兑换。
                 <w:br/>
                 15、为提倡环保，大部分酒店不提供一次性洗漱用品请出团前自备。
                 <w:br/>
                 16、海岛线路存在一定危险、故本行程不接受患病旅客、孕妇报名参团，如隐瞒身体真实情况报名而发生意外伤害，我社概不负责
                 <w:br/>
                 17、请各位贵宾一定要注意保持自己护照的清洁和完整，如因本人护照污损残缺等原因导致被各国边检、移民局口岸拒绝出入境，我社将不承担任何责任，所有产生的损失由游客本人自行承拍，敬请谅解！
+                <w:br/>
+                <w:br/>
+                二、中国公民出境旅游文明行为指南
+                <w:br/>
+                为提高公民文明素质，塑造中国公民良好国际形象，中央文明办、国家旅游局联合颁布了《中国公民出境旅游文明行为指南》。外交部领事司谨提醒每位公民出境旅游时要努力践行《指南》，克服旅游陋习，倡导文明旅游行为。该指南内容如下：
+                <w:br/>
+                中国公民，出境旅游，注重礼仪，保持尊严。
+                <w:br/>
+                讲究卫生，爱护环境；衣着得体，请勿喧哗。
+                <w:br/>
+                尊老爱幼，助人为乐；女士优先，礼貌谦让。
+                <w:br/>
+                出行办事，遵守时间；排队有序，不越黄线。
+                <w:br/>
+                文明住宿，不损用品；安静用餐，请勿浪费。
+                <w:br/>
+                健康娱乐，有益身心；赌博色情，坚决拒绝。
+                <w:br/>
+                参观游览，遵守规定；习俗禁忌，切勿冒犯。
+                <w:br/>
+                遇有疑难，咨询领馆；文明出行，一路平安。
                 <w:br/>
                 <w:br/>
                 本产品供应商为：广东亚太国际旅行社有限公司 许可证号：L-GD-CJ00500 包包旅行，联系电话（020-87294725）。此团10人成团，为保证游客如期出发，我社将与其他旅行社共同委托广东亚太国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广东亚太国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1751,51 +1774,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、以上行程和航班时刻均为大家参考，一切都以出团通知书为准！因客人的护照、签证或其他私人问题以及有关边检、海关等政府行为，而导致客人不能如期出境或不能出境；非旅行社过失的，我司概不负任何责任及作任何赔偿。如因客人护照上有不良记录，包括假签证和借证过境等，如被边检拒绝出境，团费不作任何退款。
                 <w:br/>
                 <w:br/>
                 二、参考酒店：
                 <w:br/>
                 2 晚网评四钻参考酒店：
                 <w:br/>
                 巴厘乌干沙福朋喜来登酒店(Four Points by Sheraton Bali, Ungasan)
                 <w:br/>
                 金巴兰斯普林希尔皇家郁金香度假村(Royal Tulip SpringHill Resort Jimbaran)或同级
                 <w:br/>
-                2 晚海边别墅参考酒店（海岛地区别墅均以大床房居多，不能指定房型，以酒店安排为准）
+                2 晚度假别墅参考酒店（海岛地区别墅均以大床房居多，不能指定房型，以酒店安排为准）
                 <w:br/>
                 Desa Swan willas &amp; spa, Keramas 克拉玛斯天鹅别墅及水疗中心
                 <w:br/>
                 The Springs Villas Jimbaran 泉别墅 金巴兰（泳池别墅）
                 <w:br/>
                 Grand kesambi resort dan villa（家庭泳池别墅）
                 <w:br/>
                 Abi Bali villa （套房别墅）或同级
                 <w:br/>
                 声明 ： 以上酒店是我们精心挑选的适合中国人旅行的酒店 ，所有团全部入住以上酒店其中之一 ，若届时酒店满房 ，将按照同等级酒店调房 ！请务必收客之前给客人介绍。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
@@ -1846,51 +1869,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-01</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>