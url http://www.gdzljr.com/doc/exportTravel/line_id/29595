--- v0 (2025-10-21)
+++ v1 (2026-03-04)
@@ -785,53 +785,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 开罗—红海洪加达
                 <w:br/>
                 开罗—红海洪加达（车程约6小时，中间休息站停留约20分钟）
                 <w:br/>
                 <w:br/>
                 早上享用酒店自助早餐。
                 <w:br/>
                 <w:br/>
-                参观【世界博物馆之明珠-埃及博物馆】（约2小时），馆内藏有63000多件古埃及文物，尤其以图坦卡门王的陪葬品、黄金棺、面具、木乃伊等为千古奇物。
-[...1 lines deleted...]
-                <w:br/>
                 前往【遇见埃及故宫·体验极致皇家奢华--阿卜丁宫，这里也是埃及总统办公室和住所所在地】（约1小时），目前阿卜丁宫一部分是埃及总统办公场所，一部分作为博物馆对外开放（包含的门票仅游览此开放区域）。1874年阿里王朝耗费10年所建的皇宫，一共有500多个房间，见证了埃及从阿里王朝到阿拉伯埃及共和国的历史变迁，分战争、总统礼品、皇家、历史文献和银器五个博物馆，穿越岁月的历史文物让人眼花缭乱，花园规模宏大，花朵锦簇、植物繁茂，昔日阿里王朝极尽奢华的皇室生活可见一斑。
                 <w:br/>
                 <w:br/>
                 特别安排【品尝当地传统特色-鸽子餐】，掺和有香料的大米培制，诱人的扑鼻香气，这是最受青睐的埃及美食之一，值得一试。
                 <w:br/>
                 <w:br/>
                 下午乘车前往著名的红海洪加达度假胜地，一路上沿着红海大道行驶，有时候红海就离旅游巴士两三米不到的位置，途径富人别墅，迷人的风光让人惊喜不已！
                 <w:br/>
                 <w:br/>
                 享用酒店自助晚餐，包含免费畅饮无酒精饮料（已含在房费中，不用餐不退费）。
                 <w:br/>
                 <w:br/>
                 安全告示：自由活动期间无用车及导游服务。请注意人身财产安全！为保证游客人身安全，参加散拼团游客禁止跟随旅行社以外人员私自外出活动或离团！
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
@@ -1261,51 +1258,57 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 开罗—亚历山大—开罗
                 <w:br/>
                 开罗—亚历山大—开罗	    单程约3小时，中间休息站停留约20分钟
                 <w:br/>
                 <w:br/>
                 早上享用酒店自助早餐。乘车前往历史名城、地中海新娘、埃及艳后历史名城-亚历山大，当你来到这个城市，才能真正领略到这座地中海城市的美丽，大多数驻埃及的外国领事馆选址在亚历山大。
                 <w:br/>
                 <w:br/>
                 外观【亚历山大图书馆】（约10分钟），是世界上最古老的图书馆之一。几经战火，如今的图书馆在原址重建，在外围的花岗岩质地的文化墙上，镌刻着包括汉字在内的世界上50种最古老语言的文字、字母和符号，凸显了文明蕴藏与文化氛围的构思和创意。
                 <w:br/>
                 <w:br/>
                 特别安排【亚历山大地中海海边最著名餐厅享用特色海鲜餐】。
                 <w:br/>
                 <w:br/>
-                参观罗马皇帝建起的仅剩一根的【庞贝神柱】（约40分钟）。前往【古希腊圆形剧场】（外观约10分钟）。前往前身为地中海海边、世界七大奇迹之一的【亚历山大灯塔遗址—QUAITBAY卡特巴古城堡】（外观约25分钟）。
+                参观罗马皇帝建起的仅剩一根的【庞贝神柱】（约40分钟）。
+                <w:br/>
+                <w:br/>
+                前往【古希腊圆形剧场】（外观约10分钟）。
+                <w:br/>
+                <w:br/>
+                前往前身为地中海海边、世界七大奇迹之一的【亚历山大灯塔遗址—QUAITBAY卡特巴古城堡】（外观约25分钟）。
                 <w:br/>
                 <w:br/>
                 返回开罗，享用中式晚餐，晚餐后返回酒店休息。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：团队午餐     晚餐：团队晚餐   </w:t>
             </w:r>
@@ -2138,51 +2141,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>