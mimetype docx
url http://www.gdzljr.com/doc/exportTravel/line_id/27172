--- v0 (2025-10-19)
+++ v1 (2026-03-04)
@@ -43,51 +43,51 @@
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">肯尼亚10天 | 安博塞利 | 内罗毕 | 马赛马拉 | 越野车 | 长颈鹿公园 | 艾尔莎庄园下午茶 | 日落香槟 | 丛林晚宴 （CSX-CZ）行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">长沙起止 K2肯尼亚11月起</w:t>
+        <w:t xml:space="preserve">长沙起止 K2肯尼亚</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20251025K2UW</w:t>
+              <w:t xml:space="preserve">AA20260307K2UW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -408,71 +408,71 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 产品推荐：
                 <w:br/>
-                1、	马赛马拉拉连住2晚 ：贴近草原腹地，轻松开启Safari，捕捉角马、狮群、猎 、豹 等野性瞬间。
-[...14 lines deleted...]
-                精选酒店：全程当地特色4-5星酒店，马赛马拉连住两晚保护区当地五星特色酒店，体验不同特色酒店风情
+                1、马赛马拉拉连住2晚 ：贴近草原腹地，轻松开启Safari，捕捉角马、狮群、猎 、豹 等野性瞬间。
+                <w:br/>
+                2、安博塞利国家公园(2次入园) ： 乞力马扎罗雪山脚下观赏非洲象群
+                <w:br/>
+                3、长颈鹿公园 ：与世界上最高的动物亲密互动，伸手就能喂食，留下童话般的合影。
+                <w:br/>
+                4、艾尔莎庄园 ：走进《生而自由》真实故事发生地，感受人与狮共生的传奇。
+                <w:br/>
+                5、肯雅塔国际会议中心 ：登上内罗毕地标大楼顶层，全景俯瞰这座非洲都市的活力繁华。
+                <w:br/>
+                6、 东非大裂谷观景台 ：俯瞰非洲大陆壮丽的地质奇观，尽览百万年自然雕刻的宏伟画卷。
+                <w:br/>
+                7、全程四驱越野车： 享受敞篷越野车，开阔视野、舒适安全。
+                <w:br/>
+                <w:br/>
+                精选酒店：全程当地特色4-5星酒店，马赛马拉连住两晚保护区网评五钻特色酒店，体验不同特色酒店风情
                 <w:br/>
                 精选航班：中国南方航空全程经济舱，长沙直飞，优质中文服务，+500元/人可申请全国联运（新疆除外）
                 <w:br/>
                 <w:br/>
-                独家大礼包 · 升级体验
+                大礼包 · 升级体验
                 <w:br/>
                 1 马赛马拉 Sundowner :傍晚草原日落下的鸡尾酒时光，最地道的非洲仪式感。
                 <w:br/>
                 2 马赛篝火晚会: 与马赛勇士共舞、共歌，感受原始部落的热情与豪迈。
                 <w:br/>
                 3 特别赠送野生动物图鉴 ： 旅途中随时查找识别，边看边学，让Safari更有趣更专业。
                 <w:br/>
                 3 独家特色餐食升级
                 <w:br/>
                 野生小龙虾盛宴 —— 湖畔鲜捕，香辣鲜美
                 <w:br/>
                 印度洋海鲜火锅 —— 融合非洲食材与亚洲口味的创意餐
                 <w:br/>
                 铁锅炖 —— 原汁原味的乡村风味，吃出家的味道
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
@@ -688,56 +688,55 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 长沙 ✈ 内罗毕 – 安博塞利
                 <w:br/>
                 CZ6043 CSXNBO 0050 0730 飞行时间：约11小时40分
                 <w:br/>
                 <w:br/>
-                <w:br/>
                 00:50 （北京时间）搭乘南方航空公司CZ6043飞往肯尼亚首都-内罗毕
                 <w:br/>
                 07:30 （内罗毕时间）抵达内罗毕，导游举牌接机
                 <w:br/>
-                 乘车前往【安博塞利国家保护区】（车程约5.5小时、游览时间约2个小时），抵达下榻酒店，午餐后下午驱车追寻野生动物。安博塞利国家保护区以观赏象群为主，如果幸运的话您会看到几十只大象从你的车旁跑过，体会人与动物近距离接触的感觉，如果天气好的话你还可以欣赏到经典的肯尼亚自然景观，覆盖着皑皑白雪的“非洲第一峰”—【乞力马扎罗山峰】，结束游览返回酒店休息。
+                乘车前往【安博塞利国家保护区】（车程约5.5小时、游览时间约2个小时），抵达下榻酒店，午餐后下午驱车追寻野生动物。安博塞利国家保护区以观赏象群为主，如果幸运的话您会看到几十只大象从你的车旁跑过，体会人与动物近距离接触的感觉，如果天气好的话你还可以欣赏到经典的肯尼亚自然景观，覆盖着皑皑白雪的“非洲第一峰”—【乞力马扎罗山峰】，结束游览返回酒店休息。
                 <w:br/>
                 交通：飞机/旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1025,55 +1024,55 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 纳瓦沙/艾尔蒙特塔- 马赛马拉
                 <w:br/>
                 酒店早餐后驱车前往世界上最大的野生动物保护区之一【马赛马拉国家野生动物保护区】（行车约5.5小时）这里是动物最集中的栖息地和最多色彩的大草原，狮子、猎豹、大象、长颈鹿、斑马等野生动物比比皆是。
                 <w:br/>
-                  抵达后享用酒店午餐。
-[...3 lines deleted...]
-                 特别赠送马赛马拉日落香槟 SUN DOWNER，晚餐为 BUSH DINEER 加篝火晚会.（如果天气不允许则无法安排，赠送项目不用不退）
+                 抵达后享用酒店午餐。
+                <w:br/>
+                下午酒店自由活动，也可自费参观马赛村。深入了解马赛族人的文化，感受现代生活中的古老生活方式。您可准备一些文具用品或小糖果，赠送给马赛学校的小朋友们。（约40分钟）
+                <w:br/>
+                特别赠送马赛马拉日落香槟 SUN DOWNER，晚餐为 BUSH DINEER 加篝火晚会.（如果天气不允许则无法安排，赠送项目不用不退）
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1109,51 +1108,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 马赛马拉
                 <w:br/>
                 清晨您可自费乘坐热气球在宁谧平静的晨曦中，享受一次别类的探险之旅。清晨的草原真的很不同，幸运的话可以看到牛羚迁徙，或是日出时美丽的晨曦都美得令人难忘，坐完热气球后每人可以得到一杯庆祝飞行成功的香槟，再配上热腾腾的现做餐点，那种舒畅的感觉一辈子都难以忘怀。 
                 <w:br/>
-                  早餐后开始【马赛马拉国家野生动物保护区】Safari Game（全天游览时间约6小时，含午餐时间）
+                 早餐后开始【马赛马拉国家野生动物保护区】Safari Game（全天游览时间约6小时，含午餐时间）
                 <w:br/>
                 马赛马拉国家野生动物保护区始建于1961年，面积达1800平方公里。在这里，人与自然、人与动物和谐相处，独特的原始文化，草原日出、日落的仙境般的美妙，可以使久居都市的现代人忘记一切压力与烦恼，完全融入到奇妙的大自然中，感受到回归的轻松与快乐。
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店午餐/打包午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
@@ -1191,57 +1190,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 马赛马拉 – 内罗毕
                 <w:br/>
                 酒店早餐后驱车返回内罗毕（约6小时），途经素有“地球伤痕”之称的【东非大裂谷】地带（停留约15分钟拍照留念）。被誉为“地球上一道美丽的伤疤”的东非大裂谷是世界大陆上大的断裂带，这条裂谷带位于非洲东部，裂谷底部是一片开阔的原野，20 多个狭长的泊，有如一串串晶莹的蓝宝石散落在谷底.草原是裂谷带最重要的景观，这里草原不仅面积大，而且集成了非洲大部分特征性动物资源
                 <w:br/>
-                 中午特别安排享用中式野生小龙虾餐
-[...5 lines deleted...]
-                 晚餐建议自费前往享用肯尼亚特色烤肉餐，品尝非洲美食，观看民族表演
+                中午特别安排享用中式野生小龙虾餐
+                <w:br/>
+                午餐后市区游览，登上【肯雅塔国际会议中心】顶部俯瞰内罗毕全景，肯雅塔国际会议中心是内罗毕的标志性建筑，高耸于市政厅路的市政广场上，其设计风格融合了现代与传统非洲风格，独具特色的茶碟状高塔站在顶层可饱览全城风貌。这里已举行过许多次世界和区域性国际会议。（约20分钟）
+                <w:br/>
+                后前往【长颈鹿公园】（游览约30分钟），近距离接触长颈鹿,可以喂食物和亲吻长颈鹿。公园建于1983年， 上世纪70年代，一种叫Rothschild的长颈鹿濒临灭绝，至1973年，在肯尼亚西部仅存130头。为拯救这一稀有物种，乔克夫妇采取了收养及放归自然的方法。经过努力，目前Rothschild的数量已达近500头。1979年，乔克决定成立自然教育中心，通过游客亲自喂养长颈鹿的方式，使游客理解人与自然和睦相处及保护野生动物的重要性.
+                <w:br/>
+                晚餐建议自费前往享用肯尼亚特色烤肉餐，品尝非洲美食，观看民族表演
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式小龙虾餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1465,134 +1464,327 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.	肯尼亚旅游入境电子授权费用
-[...3 lines deleted...]
-                3.	行程所示标准酒店，双人间（注：野生动物保护区酒店大部分为特色帐篷或茅草屋风格房型）
+                1.肯尼亚旅游入境电子授权费用
+                <w:br/>
+                2.长沙往返国际机票，团队经济舱含税
+                <w:br/>
+                3.行程所示标准酒店，双人间（注：野生动物保护区酒店大部分为特色帐篷或茅草屋风格房型）
                 <w:br/>
                 【散客拼团，凡单人或单数（如三人）报名，致团队出现单间，我社有权利提前说明情况并调整夫妻及亲属住宿安排，请给予理解;若无法调整或拼住而产生单间差，则须缴纳单人房差！请给予理解】
                 <w:br/>
-                4.	酒店内西式自助早餐，每人每天2瓶矿泉水中式午晚餐（午晚餐：八菜一汤，10人一桌，如人数减少，则会根据实际人数做适当调整）或当地餐；(用餐时间在飞机或船上以机船餐为准，不再另补，如因自身原因放弃用餐，则餐费不退)。
-[...5 lines deleted...]
-                7.	内罗毕接送机及城市观光为旅游巴士；景区为越野车（每辆车6-7位客人）
+                4.酒店内西式自助早餐，每人每天2瓶矿泉水中式午晚餐（午晚餐：八菜一汤，10人一桌，如人数减少，则会根据实际人数做适当调整）或当地餐；(用餐时间在飞机或船上以机船餐为准，不再另补，如因自身原因放弃用餐，则餐费不退)。
+                <w:br/>
+                5.行程所列景点游览门票
+                <w:br/>
+                6.司机饭费、油费、陆桥费、停车费等
+                <w:br/>
+                7.内罗毕接送机及城市观光为旅游巴士；景区为越野车（每辆车6-7位客人）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.	行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目
-[...11 lines deleted...]
-                7.	以上报价未提及的项目
+                1.行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目
+                <w:br/>
+                2.因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用
+                <w:br/>
+                3.旅游意外伤害保险
+                <w:br/>
+                4.如行李或物品丢失、被盗等意外损失费用
+                <w:br/>
+                5.晚用车，给司机和导游加班费用
+                <w:br/>
+                6.2024年1月开始马赛马拉保护区陆续开始收取80美金/人/晚的营地费，以最终政府通知为准，客人需要自理因政府政策原因额外产生的费用。
+                <w:br/>
+                7.以上报价未提及的项目
                 <w:br/>
                 其他收费：	
                 <w:br/>
-                8.	境外司机导游服务费：人民币1500/人
-[...3 lines deleted...]
-                10.	12周岁以下小孩不占床减1000人民币，占床与成人同价.
+                8.境外司机导游服务费：人民币1500/人
+                <w:br/>
+                9.特别要求之单间差：人民币4000/人/全程
+                <w:br/>
+                10.12周岁以下小孩不占床减1000人民币，占床与成人同价.
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">自费项目</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">详细内容请参考附件肯尼亚境外项目表</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1697,51 +1889,55 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">提示：以上行程时间表及酒店的住宿顺序仅供您参考，有可能会因为境外特殊情况予以前后调整，如遇堵车、恶劣天气、景点关门、突发事件及酒店满员等！</w:t>
+              <w:t xml:space="preserve">
+                1.以上行程时间表及酒店的住宿顺序仅供您参考，有可能会因为境外特殊情况予以前后调整，如遇堵车、恶劣天气、景点关门、突发事件及酒店满员等！
+                <w:br/>
+                2.动物保护区能够看到动物的种类与数量存在诸多不确定性因素，故无法保证能看到多少种动物，行程中对保护区概要性描述，并不代表在参观游览中能面面俱到，但是我们专业的 Safari 司机会尽最大努力带大家寻找更多数量和更多品种的动物
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1800,61 +1996,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                肯尼亚旅游所需资料：
-[...9 lines deleted...]
-                需携带委托公证
+                1.半年有效护照彩色清晰扫描件（护照上面必须要有2页及2页以上连续的签证空白页面）；
+                <w:br/>
+                2.2寸白底近照电子版
+                <w:br/>
+                3.赴肯尼亚前10天必须到防疫站打防疫针，获取《国际预防接种证书》（俗称“黄皮书”），黄皮书有效期10年，接种后即可获得证书；（5岁以下免打）
+                <w:br/>
+                4.16周岁以下儿童如若父母双方都去，则需随身携带出生证原件；如若单方家长前往，除出生证原件外还
+                <w:br/>
+                需携带委托公证。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1944,51 +2138,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2132,50 +2326,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>