--- v0 (2025-10-21)
+++ v1 (2026-03-04)
@@ -667,51 +667,51 @@
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 约翰内斯堡 - 比勒陀利亚 - 太阳城
                 <w:br/>
                 上午：抵达约翰内斯堡后，导游接机，驱车前往比勒陀利亚，参观【先民纪念馆】（入内，约1小时）。先民纪念馆是南非最大的纪念馆（高41米），同时，它也是1994年后，南非政治舞台认真遵循国家改建和发展计划的最好的证明。先民纪念馆自1949年建立至今，获得了无数的奖项，并在2006年的时候，荣获非洲最佳博物馆的称号。纪念馆由64块雕刻有四轮马车的花岗岩围绕而成，它描述了先驱们早期历史的各种场景。这些马车，每辆高2.7米，象征性地保护着纪念馆免受攻击。
                 <w:br/>
                 车览【联合大厦】、【联合广场】、【市政厅】等。
                 <w:br/>
-                下午：驱车前往南半球最大的娱乐度假村--【太阳城】（游览时间约2小时），参观太阳城内景观：王宫饭店（不入内）、失落城，以及地震桥，感受地震来临时的轰鸣等。位于南非内陆的太阳城是建在非洲原始的丛林里的如美国拉斯维加斯般的娱乐中心，也同样以豪华而完整的设备，及浑然天成的自然美景，吸引着世人的目光，是无数人心目中的神秘世外桃源。城内各种自费娱乐设施多不胜数：豪华du城、迷城皇宫、人工湖和热带雨林等。
+                下午：驱车前往南半球最大的娱乐度假村--【太阳城】（游览时间约2小时），参观太阳城内景观：王宫饭店（不入内）、失落城，以及地震桥，感受地震来临时的轰鸣等。位于南非内陆的太阳城以豪华而完整的设备，及浑然天成的自然美景，吸引着世人的目光，是无数人心目中的神秘世外桃源。城内各种自费娱乐设施多不胜数：迷城皇宫、人工湖和热带雨林等。
                 <w:br/>
                 交通：飞机、汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：中式午餐     晚餐：太阳城内晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1978,51 +1978,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>