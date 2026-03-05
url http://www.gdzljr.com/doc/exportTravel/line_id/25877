--- v0 (2025-10-21)
+++ v1 (2026-03-05)
@@ -442,51 +442,51 @@
                 <w:br/>
                 无穷回味：12天旅途，百般筹划安排，触摸千年文化，领略万种风情，留下无穷回味
                 <w:br/>
                 民族艺术：足尖舞表演、DUDUK笛演奏，木卡姆表演欣赏灿烂的高加索艺术之花
                 <w:br/>
                 特色体验：葡萄酒，品味数千年酒文化
                 <w:br/>
                 【航空公司】搭乘中国南方航空公司，可全国免费联运；飞行无忧，中文空乘服务员为您随时服务，飞行期间无语言障碍
                 <w:br/>
                 【专业领队服务】安排5年以上优秀专业领队+当地中文地接导游，专业为您保驾护航
                 <w:br/>
                 【餐食升级】
                 <w:br/>
                 美酒美食 地道家访 尊享高加索美食文化
                 <w:br/>
                 阿塞拜疆：阿塞拜疆里海烤鱼餐、可汗铁板烤肉餐、观赏木卡姆特色歌舞表演及品尝阿塞拜疆皇帝抓饭
                 <w:br/>
                 格鲁吉亚：品味舌尖上的格鲁吉亚- 特色包子，奶酪饼，柠檬拉提，足尖舞表演+烤肉特色餐
                 <w:br/>
                 库拉河老城景观餐厅
                 <w:br/>
                 亚美尼亚：凡湖特产烤鳟鱼；走访当地人家，体验地道农家乐；DUDUK歌舞表演餐
                 <w:br/>
                 美酒: 探访葡萄酒发源地，参观古老酒庄，品鉴纯正葡萄酒；阿塞拜疆石榴汁
                 <w:br/>
-                【酒店升级】全程四-五星酒店
+                【酒店升级】全程五星酒店+ 1晚卡兹别克山景酒店(不挂星） 
                 <w:br/>
                 【 服务标准】纯玩团，无自费无购物
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -605,51 +605,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                全国各地-乌鲁木齐--巴库 (经停乌鲁木齐)
+                全国各地-乌鲁木齐--巴库(经停乌鲁木齐)
                 <w:br/>
                 于乌鲁木齐国际机场集合，搭乘南方航空航班飞往阿塞拜疆首都巴库
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -693,65 +693,63 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 巴库（阿塞拜疆）-格布斯坦-巴库
                 <w:br/>
                 上午: 酒店早餐后前往【戈布斯坦】，开启今日的“戈布斯坦岩画和泥火山之旅”。
                 <w:br/>
                 戈布斯坦在阿塞拜疆语中意为“沟壑纵横的地方”，该地区位于大高加索山脉东南角的杰伊兰克奇梅兹河流域，为丘陵多山地势。戈布斯坦山区汇集了石器时代及其后各个时期古阿塞拜疆人的遗迹——岩画、村落遗址、墓碑等，这些原始社会的文物反映了古阿塞拜疆人的生活、文化、世界观、风俗、习惯等。
                 <w:br/>
                 参观戈布斯坦岩石艺术遗址（入内参观，游览1.5小时），戈布斯坦在阿塞拜疆语中意为“沟壑纵横的地方”，该地区位于大高加索山脉东南角的杰伊兰克奇梅兹河流域，为丘陵多山地势。戈布斯坦山区汇集了石器时代及其后各个时期古阿塞拜疆人的遗迹——岩画、村落遗址、墓碑等，这些原始社会的文物反映了古阿塞拜疆人的生活、文化、世界观、风俗、习惯等。
                 <w:br/>
                 【迷你泥火山】（入内参观，游览30分钟）在阿塞拜疆的里海，有着 300 多座。这些火山在地面形成一个个锥形的火山口，不时发出“咕嘟咕嘟”声并且会向外流出泥浆，泥火山口多数时间平静，甚至有机会把手伸进。
                 <w:br/>
-                参观【世界上第一口油井】（入内参观，游览20分钟）
-                <w:br/>
                 午餐特别安排品尝阿塞拜疆石榴汁
                 <w:br/>
-                下午：返回巴库市区，参观老城区：参观位于老城中心的巴库地标性建筑-【少女塔（Giz Galasy）】（外观约20分钟），传说古汗王时候，国王和一位士兵同时爱上了一位美丽的姑娘，国王为了抢掠，将士兵安排出海打仗，姑娘每日站在塔上等候心爱的人过程，传来噩耗，士兵战死，姑娘听闻也从塔上跃入海中殉情。
-[...1 lines deleted...]
-                      之后前往著名的【希尔凡宫】（入内参观，游览1小时），它由希尔万沙家族建于14-15世纪，由清真寺、宫殿、灵庙等建筑组合而成，是巴库古城最著名的景点。
+                下午：返回巴库市区，参观老城区：参观位于老城中心的巴库地标性建筑-【少女塔（Giz Galasy）】（外观约10分钟），传说古汗王时候，国王和一位士兵同时爱上了一位美丽的姑娘，国王为了抢掠，将士兵安排出海打仗，姑娘每日站在塔上等候心爱的人过程，传来噩耗，士兵战死，姑娘听闻也从塔上跃入海中殉情。
+                <w:br/>
+                      之后前往著名的【希尔凡宫】（入内参观，游览30分钟），它由希尔万沙家族建于14-15世纪，由清真寺、宫殿、灵庙等建筑组合而成，是巴库古城最著名的景点。
                 <w:br/>
                 游览【高台公园（UplandPark）】(入内参观，游览约30分钟)，在高台公园上可以俯瞰整个巴库市区和里海的全景，是为了纪念前苏联解体末期在巴库发生的骚乱中和与亚美尼亚战争中牺牲的人们而建的。
                 <w:br/>
                 外观巴库的标志性建筑-【火焰塔（FLAME TOWER）】（外观约10分钟），他是由三个火焰形状的塔组成，每一个塔都有不同的功能，呈现三角形的形状。高达140米的巴库火焰塔将会成为周边地区的制高点，也是巴库天际线的亮点。
                 <w:br/>
-                前往【里海海滨大道】（入内参观，游览1小时）自由漫步，沿着里海延绵数十公里的海滨大道游览，一路感受这座城市的美景，这也是当地人休闲运动的聚集地，在这里更好地融进这座城市。
-[...1 lines deleted...]
-                晚餐特别安排观赏木卡姆特色歌舞表演及品尝阿塞拜疆皇帝抓饭
+                前往【里海海滨大道】（入内参观，游览30分钟）自由漫步，沿着里海延绵数十公里的海滨大道游览，一路感受这座城市的美景，这也是当地人休闲运动的聚集地，在这里更好地融进这座城市。
+                <w:br/>
+                晚餐特别安排观赏木卡姆特色表演及品尝阿塞拜疆皇帝抓饭。
                 <w:br/>
                 木卡姆：木卡姆是阿塞拜疆的国宝级艺术，以精妙严谨的结构和优美深邃的唱词著称，蕴藏蓬勃的情感力量。在漫长的历史中，吸收了源自民族的歌颂英雄业绩的行吟诗人的曲调、节奏和表演技巧，兼具即兴发挥的微妙艺术素养，一代又一代木卡姆艺人依靠耳口相传的技艺，记录了国家和民族的变迁。其中既有歌颂英勇往事的史诗作品，又有行吟诗人的浅吟低唱。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：里海烤鱼餐     晚餐：皇帝抓饭餐   </w:t>
             </w:r>
           </w:p>
@@ -795,53 +793,53 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 巴库 113KM 沙马吉 180KM 舍基
                 <w:br/>
                 上午：酒店内早餐参观【阿利耶夫艺术中心】（外观，约10分钟），阿利耶夫文化中心位于阿塞拜疆共和国首都巴库,由扎哈·哈迪德建筑事务设计，是巴库的新地标。它是一个建筑和广场连续融为一体的流线形整体规划，并重新定义了公共空间和节日集会空间的序列。
                 <w:br/>
                 随后继续乘车前往舍基，远处便是欧洲与亚洲南部分界线的高加索山脉。
                 <w:br/>
                 下午：【Juma清真寺JumaMosque】（入内参观约 30 分钟）是一座历史悠久的寺庙，里面有一个带有喷泉的庭院，天花板上的枝形吊灯和圆形拱顶看起来十分漂亮。
                 <w:br/>
                 参观【Shebeke传统玻璃作坊】（入内参观，游览30分钟），迷失在玻璃花窗的梦幻光影中。玻璃是丝绸之路上中西方交流的重要见证，马赛克玻璃的制作需要先雕出骨架，而后将玻璃进行裁剪，一块一块的拼接于骨架之上。整个过程不需要任何的胶料和钉子，类似于中国的榫卯结构，以简洁取胜；阳光、灯光透过不同颜色的马赛克玻璃，会洒下炫璨的光影，仿佛置身于万花筒中
                 <w:br/>
-                参观古丝路驿站【Karavansaray大旅舍】（入内参观，游览30分钟），感受千年历史的厚重感
-[...1 lines deleted...]
-                【舍基可汗皇宫】（入内参观，游览1小时），建造于1797年，至今依然保存完好。这座宫殿的特别之处是，它没有用任何的钉子，而且里面保存了当时的壁画和各种艺术特色。大面积采用色彩艳丽的马赛克玻璃，当阳光投射进皇宫内，是一番缤纷的美景，美好的多彩世界。在古驿站享用晚餐，后入住酒店休息。
+                参观古丝路驿站【Karavansaray大旅舍】（入内参观，游览30分钟，如遇政府征用或景点关闭，改外观），感受千年历史的厚重感
+                <w:br/>
+                【舍基可汗皇宫】（入内参观，游览30分钟），建造于1797年，至今依然保存完好。这座宫殿的特别之处是，它没有用任何的钉子，而且里面保存了当时的壁画和各种艺术特色。大面积采用色彩艳丽的马赛克玻璃，当阳光投射进皇宫内，是一番缤纷的美景，美好的多彩世界。在古驿站享用晚餐，后入住酒店休息。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地午餐     晚餐：舍基可汗铁板烤肉   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -877,78 +875,82 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 舍基-西格纳吉（格鲁吉亚）-第比利斯（车程约1+2小时，不含过关时间）
                 <w:br/>
                 上午：酒店早餐后，前往爱情小镇-西格纳吉。西格纳吉海拔790米，依山而建，城墙环绕。2007年政府为了发展当地的旅游业对其内部的建筑进行了一些改建，尤其是房顶刷成了当地人喜爱的红色，西格纳吉的历史可以追溯到18世纪后半叶，当时的国王伊拉克利亚下令筑城，同时也修筑了防御工事，现今依然保存下来了大部分古城墙和23个塔楼。小镇的建筑风格统一，以石质为主，因为美丽的景色和浪漫的气氛，很多当地人会来这里举办婚礼，所以逐渐这里慢慢地也就流传出“恋爱中的城市”这么一个名头。
                 <w:br/>
-                随后前往Khareba酒庄（含品酒）（入内参观，游览1小时），格鲁吉亚是人类酿制葡萄酒最早出现的地方，已有8000年的历史，而Khareba酒庄是格鲁吉亚最大的酒庄，并且拥有世界最长的酒瓶隧道，也是传统酿酒的继承者和追随者，酒庄在天然的山体里，是前苏联的防空洞改造而成的，利用自然4-14度恒温和大约70%的湿度来褚酒，刚好是最适合酿酒发酵的温度湿度。沿着黝黑微凉的甬道走入酒庄深处，两侧墙壁上摆放了26000瓶红酒，仅作为装饰使用，不出售。当地向导很细心的告诉我们高加索古法酿酒的流程。在历史悠久的酒庄里品尝传统地道的美酒佳肴。
+                随后前往【JSC Co.KINDZMARAULI酒庄】（含品酒）格鲁吉亚酿酒历史超过7000年，是世界上最早酿造红酒的国家。JSC Co.KINDZMARAULI的历史可追溯到1533年，拥有150公顷的葡萄园，地处阿拉赞（Alazani）河和博萨（Bursa）河流域左岸。在这里我们不仅可以品尝风味独特的格鲁吉亚葡萄酒，更可亲睹古老的陶罐酿酒的技法与流程。
                 <w:br/>
                 下午：前往西格纳吉城墙，登上老城墙（参观约20分钟），18世纪时，格鲁吉亚最后的一位国王Erekle为了保护当地人免受劫掠，也为了吸引亚美尼亚商人前来经商，下令兴建此城，有一圈城墙作为防御工事，城墙总长度超过4.5公里，一共有23座塔楼。从高处望能看到远处的景色，十分壮观。
                 <w:br/>
                       参观始建于 9 世纪的东正教修道院【圣尼诺修道院（Bodbe)】
                 <w:br/>
+                晚餐特别安排当地特色餐+欣赏格鲁吉亚足尖舞表演
+                <w:br/>
+                以足尖舞释放热情正是格鲁吉亚舞蹈的特色之一，也是格鲁吉亚舞难度最大的部分，男舞者需要用腿部和脚部力量为基础进行表演，这就要求舞者必须拥有更好的平衡能力和足部力量，所以足尖舞一般由男子来完成，表现男性的勇猛、刚强。传说数千年前，为了追求一位美丽的姑娘，心中充满激情的小伙子在音乐的伴奏下，不时用膝盖和足尖在地上快速旋转，就是最早的足尖舞。
+                <w:br/>
                 后前往第比利斯， 晚餐后入住酒店休息。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒庄午餐+品酒     晚餐：中式晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒庄午餐     晚餐：歌舞表演餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">当地五星</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -961,137 +963,135 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 第比利斯-姆茨赫塔-古道里
                 <w:br/>
-                上午：酒店内早餐后，前往被联合国教科文组织列为世界文化遗产的姆茨赫塔（Mtskheta）古城，姆茨赫塔曾是格鲁吉亚土地上最古老的王国---伊比里亚的都城。城中遗留一批古代建筑和11-13世纪的大教堂。它是整个格鲁吉亚艺术、文化和宗教中心，整个城市沿袭了11世纪拜占庭时期圆屋顶和十字形平面的建筑风格。在1994年，全城被列入世界文化遗产。
-[...3 lines deleted...]
-                随后参观季瓦里（Jvari）修道院（入内参观约30分钟），修道院坐落在山顶，与姆兹赫塔的主显教堂遥相呼应，Jvari修道院就是传说中的生命之柱故事发生的那个修道院，在山顶上可以一览姆兹赫塔的全景。   【军事大道】沿格鲁吉亚军用公路北上，这条公路是连接格鲁吉亚和俄罗斯以及大高加索山脉山地省份的主要运输干道，全长212公里，最初是1801年沙皇亚历山大一世下令为了便于军队在格鲁吉亚和俄罗斯两国之间同行而修建的公路，沿途风景宜人，吸引了众多世界著名的诗人作家来到这里寻找灵感。
+                上午：酒店内早餐后，【军事大道】沿格鲁吉亚军用公路北上，这条公路是连接格鲁吉亚和俄罗斯以及大高加索山脉山地省份的主要运输干道，全长212公里，最初是1801年沙皇亚历山大一世下令为了便于军队在格鲁吉亚和俄罗斯两国之间同行而修建的公路，沿途风景宜人，吸引了众多世界著名的诗人作家来到这里寻找灵感。
                 <w:br/>
                 下午：后中途在Aragvi River水库（停留约10分钟）留影，乘车前往《孤独星球》封面之地-安南努利城堡(Ananuri)，（入内游览约30分钟）城堡坐落在阿拉格维湖的半山之上，绿宝石般的湖水和蔚蓝的天空，衬托着典雅秀美的古堡，真如同走在童话之中。它曾经是私人军事城堡，它是13世纪Aragvi封建王朝时领主的城堡，也是军事要塞。18世纪Aragvi王朝被推翻，这里随之也被之后的统治者占领，直到19世纪依然是城堡要塞。，此城堡由当时的乔治亚领主建于16世紀，目前依旧保持得相当完整。
                 <w:br/>
                 换成越野车上山，一边在悬崖峭壁上前行，一边欣赏远处雪山的壮丽景色，来到山上的Gergeti Trinity 修道院（入内参观，游览约30分钟），这是一座当地最著名的圣三一体教堂，教堂所在之处，是俯瞰卡兹别吉全景地方，整个村子都在自己脚下，教堂的对面就是著名的卡兹别克峰，这里拥有如油画一般的景色，被誉为是上帝的后花园，它是格鲁吉亚境内大高加索山脉最高峰之一，海拔5033米，翻过这座山就是俄罗斯的北高加索地区。这座双锥形的死火山可以说是高加索各民族的圣山，总是浓墨重彩地出现在旅人的相片里。
                 <w:br/>
                 下山的路上经过苏格友谊纪念墙（入内参观，游览约10分钟），色彩斑斓友谊墙在雪上的对比下显得格外显眼，是每个游客的必经打卡处。入住酒店，享用晚餐.
                 <w:br/>
+                备注：如遇大雪封山无法前往卡兹别克，则团队改为住哥里酒店或古道里酒店。
+                <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：格鲁吉亚- 特色包子     晚餐：当地晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">当地五星</w:t>
+              <w:t xml:space="preserve">卡兹别克山景酒店(不挂星）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                古道里-哥里-库塔伊西（车程约3+2.5小时）
+                卡兹别克/古道里-哥里-库塔伊西（车程约3+2.5小时）
                 <w:br/>
                 上午：酒店早餐后，前往前苏联领导人约瑟夫•斯大林的故乡哥里(Gori)，哥里是格鲁吉亚的一座古老城镇，早在公元7世纪就已见文献记载。它位于格鲁吉亚中部、东南距首都第比利斯76公里，哥里人自豪地称自己的城市位于“格鲁吉亚的心脏”。 
                 <w:br/>
                 参观斯大林博物馆、斯大林故居（入内参观，游览约1小时），保留着斯大林幼年所居住的房子，旁边是斯大林博物馆，馆内存放着很多斯大林和他家人的照片，还有和他在一起的那些共产党人，他的书信、报纸之类的文件，里面还展示了他用过的台灯，办公桌椅，他穿过的大皮靴，大军衣等。还有一些各国送给斯大林的生日礼物，其中不乏中国党政机关送到的纪念品，非常值得参观回味。
                 <w:br/>
                 下午：随后驱车前往老城库塔伊西。
                 <w:br/>
                 前往参观1994年被列入《世界遗产名录》的巴格拉特大教堂（入内游览约30分钟）
                 <w:br/>
                 晚餐后，夜宿库塔伊西。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1135,59 +1135,55 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 库塔伊西—巴统（车程约3小时）
                 <w:br/>
-                上午：酒店早餐后，【马特维利大峡谷Martvili Canyon】（含乘船游览60分钟），马尔特维利峡谷是一个明亮有特色的自然景点，它位于巴统市附近。 为什么叫这个名字，是因为它位于Albashi河上的Martvili小镇附近。 峡谷的最大深度为40米，长度可达2400米。 游客们被美丽的山景和惊人的瀑布吸引而来，是当地的著名景点之一。
-[...3 lines deleted...]
-                下午：午餐后，特别安排乘船出海（游览约20分钟），感受独属于黑海的浪漫。可以前往欧洲广场看看欧洲建筑，外观格鲁吉亚圣母教堂。沿着历经岁月的石板路，去找寻老城各种建筑的历史痕迹，感受这座小城别样的浪漫气息。
+                上午：酒店早餐后，乘车前往海滨城市巴统。气候宜人的巴统一直令格鲁吉亚人民引以为傲，同样也是黑海沿岸各国人民的首选度假城市。
+                <w:br/>
+                下午：午餐后，特别安排乘船出海（游览约20分钟），感受独属于黑海的浪漫。可以前往欧洲广场看看欧洲建筑，外观格鲁吉亚圣母教堂。沿着历经岁月的石板路，去找寻老城各种建筑的历史痕迹，感受这座小城别样的浪漫气息。（如遇大风天气影响，无法游船，则改为海边下午茶，不退费用，安排海边下午茶，让您在此悠闲品尝一杯咖啡或红茶，感受黑海的浪漫）
                 <w:br/>
                 前往Ali and Nino 雕塑品味美好纯粹的爱情故事（停留约1小时），去黑海海岸步行道吹吹风，享受黑海边的闲暇时光。
-                <w:br/>
-                安排海边下午茶，让您在此悠闲品尝一杯咖啡或红茶，感受黑海的浪漫。
                 <w:br/>
                 海滨大道上有各式餐厅，晚上您可以自行选择喜欢的餐厅享用晚餐。夜宿巴统。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地午餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -1221,57 +1217,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                巴统-（约260公里）博尔若米-（约132公里）-阿哈尔齐赫
-[...5 lines deleted...]
-                晚餐后入酒店。
+                巴统-（约260公里）-姆茨赫塔-第比利斯
+                <w:br/>
+                上午: 酒店早餐后，前往被联合国教科文组织列为世界文化遗产的姆茨赫塔（Mtskheta）古城，姆茨赫塔曾是格鲁吉亚土地上最古老的王国---伊比里亚的都城。城中遗留一批古代建筑和11-13世纪的大教堂。它是整个格鲁吉亚艺术、文化和宗教中心，整个城市沿袭了11世纪拜占庭时期圆屋顶和十字形平面的建筑风格。在1994年，全城被列入世界文化遗产。
+                <w:br/>
+                游览城镇中心最著名的斯维特特斯克维里（Sveti Tskhoveli）教堂，也叫做生命之柱教堂（入内参观约30分钟）传说耶稣的上衣就埋在斯维特特斯克维里教堂的下面，同时它还是格鲁吉亚最古老的教堂，据说是圣尼诺在格鲁吉亚建造的第一座教堂。
+                <w:br/>
+                随后参观季瓦里（Jvari）修道院（入内参观约30分钟），修道院坐落在山顶，与姆兹赫塔的主显教堂遥相呼应，Jvari修道院就是传说中的生命之柱故事发生的那个修道院，在山顶上可以一览姆兹赫塔的全景。
+                <w:br/>
+                下午：晚餐后入酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地午餐     晚餐：当地晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1303,88 +1301,84 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                阿哈尔齐赫-格亚边境-塞凡湖-埃里温（约265公里）（车程约5.5小时）
-[...3 lines deleted...]
-                品尝塞凡湖的独此一处特产（地方特有物种）—塞凡湖鳟鱼，以当地烹调技术烤制的富有亚美尼亚风味的肥美多汁、外焦里嫩的湖鲜，佐以烤薄饼和新鲜绿色蔬菜，无疑是人间又一道美味！赠送乘坐【塞凡湖游船】，泛舟在宝石般碧蓝的高山湖泊。（约 15 分钟，上下船请小心）
+                第比利斯-格亚边境-埃里温（约265公里）（车程约5.5小时）
+                <w:br/>
+                上午: 酒店早餐后驱车到达亚美尼亚,路路通关, 前往参观【埃奇米阿津大教堂】含珍宝博物馆入内（需提前预约，如遇关门，改外观）与【兹瓦尔特诺茨考古遗址】（入内参观，约30分钟）：埃奇米河津教堂与兹瓦尔特诺茨考古遗址形象地展示了亚美尼亚圆顶四瓣形教堂的发展演变过程，对该地区的建筑和艺术发展都产生了深远的影响，2000年作为世界文化遗产列入《世界遗产名录》。
                 <w:br/>
                 下午：乘车前往亚美尼亚市中心，参观【亚美尼亚屠杀馆】（如遇闭馆，改外观，约10分钟），纪念馆最抢眼的，是中间簇拥着长明火的12块厚石板纪念碑，象征着一战后列宁与阿塔图尔克为达成和平协定，而划给现代土耳其的12块“西亚美尼亚”省份。周围几排树林，由承认大屠杀事实的外国政要一一种下，种植最多的来自将公开否认屠杀进行入罪处理的法国，希拉克、萨科齐、奥朗德，纷纷植下代表自己和国家的树苗。
                 <w:br/>
-                前往【埃里温步行街】，【阶梯广场】（游览约1小时），街道两旁全是淋漓满目的商店，可以在这条街上感受来自异域的风情和这里人民的热情。
-[...1 lines deleted...]
-                随后参观【共和国广场】，共和国广场是整个城市的中心，不仅是酒店的聚集地，也是很多政府单位的所在地，总理的居住地和办公室都在此处。
+                随后参观【共和国广场】，共和国广场是整个城市的中心，不仅是酒店的聚集地，也是很多政府单位的所在地，总理的居住地和办公室都在此处。前往【埃里温步行街】，【阶梯广场】（游览约30分钟），街道两旁全是淋漓满目的商店，可以在这条街上感受来自异域的风情和这里人民的热情。
                 <w:br/>
                 游览依山而建的【卡菲斯扬美术馆】（外观，约10分钟），美术馆位于埃里温市中心地区，以其的阶梯形喷泉而闻名。前往埃里温入住酒店休息。
                 <w:br/>
                 晚餐特别安排欣赏Duduk演奏
                 <w:br/>
                 Duduk（杜杜克笛）的制造材料取自杏树，是世界上最古老的双簧风鸣乐器之一， Duduk的声音和中国的一种古老乐器埙的声音类似，相比较之下，埙比Duduk更为饱满一些，虽然孤独忧伤的感觉也相似，但是两者有着不同的苍凉。Duduk给人的感觉更为浓重一些，低沉、婉转而忧郁的旋律，将亚美尼亚人千年的苦难与忧伤之情表达的淋漓尽致。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：塞凡湖鳟鱼     晚餐：DUDUK表演餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地午餐     晚餐：DUDUK表演餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">当地五星</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1397,84 +1391,80 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 埃里温-第比利斯（车程约5小时）
                 <w:br/>
-                上午：酒店早餐后，前往参观【埃奇米阿津大教堂与兹瓦尔特诺茨考古遗址】（入内参观，约30分钟）：埃奇米河津教堂与兹瓦尔特诺茨考古遗址形象地展示了亚美尼亚圆顶四瓣形教堂的发展演变过程，对该地区的建筑和艺术发展都产生了深远的影响，2000年作为世界文化遗产列入《世界遗产名录》。埃奇米阿津大教堂是亚美尼亚第一座教堂，教堂里设有宝物馆，里面保存着无双珍宝和圣物，从诺亚方舟上的木片到曾刺入耶稣胸口的矛头，以及千年前彩绘的《福音》书等，走在教堂里，仿佛就像阅读一部基督教历史书
-[...1 lines deleted...]
-                前往GARNI村，参观著名的希腊式神殿—【加尼神庙】（入内参观，游览约40分钟），神庙在一片山谷之中的悬崖边上，周围的视野很棒，营造出遗世孤独的气氛，它是亚美尼亚全境惟一，乃至前苏联境内惟一的一座异教徒神庙。
+                上午：酒店早餐后，前往GARNI村，参观著名的希腊式神殿—【加尼神庙】（入内参观，游览约40分钟），神庙在一片山谷之中的悬崖边上，周围的视野很棒，营造出遗世孤独的气氛，它是亚美尼亚全境惟一，乃至前苏联境内惟一的一座异教徒神庙。
                 <w:br/>
                 参观世界文化遗产【格加尔德岩石修道院】，被誉为亚美尼亚中世纪建筑的巅峰之作（参观约30分钟）
                 <w:br/>
-                途经参观世界文化遗产【哈格帕特修道院】（参观约 30 分钟）
-[...5 lines deleted...]
-                以足尖舞释放热情正是格鲁吉亚舞蹈的特色之一，也是格鲁吉亚舞难度最大的部分，男舞者需要用腿部和脚部力量为基础进行表演，这就要求舞者必须拥有更好的平衡能力和足部力量，所以足尖舞一般由男子来完成，表现男性的勇猛、刚强。传说数千年前，为了追求一位美丽的姑娘，心中充满激情的小伙子在音乐的伴奏下，不时用膝盖和足尖在地上快速旋转，就是最早的足尖舞。
+                前往，有着“高加索明镜”的美称的【塞凡湖】，湖面倒映着天上的白云与地上的雪峰，像是剪下的一片蓝天，被铺在了群山之间。随后参观【塞凡湖修道院】（入内参观，游览约30分钟）
+                <w:br/>
+                品尝塞凡湖的独此一处特产（地方特有物种）—塞凡湖鳟鱼，以当地烹调技术烤制的富有亚美尼亚风味的肥美多汁、外焦里嫩的湖鲜，佐以烤薄饼和新鲜绿色蔬菜，无疑是人间又一道美味！
+                <w:br/>
+                下午：之后返回格鲁吉亚，前往第比利斯。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地午餐     晚餐：歌舞表演餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：塞凡湖鳟鱼     晚餐：库拉河老城景观餐厅   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">当地五星</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1495,55 +1485,53 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 第比利斯（格鲁吉亚）-乌鲁木齐
                 <w:br/>
                 上午：早餐后，今天深度休闲的体味当地人慢节奏的生活状态，在游览的途中，不仅能拍到各种古老和现代风格碰撞在一起的美丽照片，同时在那些古老的巷道里还有众多当地的手工艺品店。让你的旅途放松下来，让心情更加的愉悦起来。
                 <w:br/>
                 参观三位一体大教堂（入内参观游览约40分钟左右）。这座教堂并非一座很古老的教堂，建于1995年-2004
                 <w:br/>
                      年间，但却是格鲁吉亚有史以来建造的最大的东正教教堂，也是高加索地区最大的宗教建筑
                 <w:br/>
                 下午：午餐后，游览第比利斯老城，城市建立于公元5世纪，分为旧城、新城两部分，旧城滨水，新城傍山。自古以来，第比利斯就位于丝绸之路介乎欧亚的商道上，融合了各个民族的不同文化。参观【和平桥】、【木偶剧钟楼】、【老城街道】、第比利斯最大的【干桥跳蚤市场】（全程游览约1小时）
                 <w:br/>
-                乘坐空中缆车到达城中心的高山上，可以在山上俯瞰整个城市的景观，后参观“格鲁吉亚母亲“塑像，外观游览约40分钟左右。之后前往游览纳瑞卡菈堡垒，要塞建筑已经严重损毁，但位置是俯瞰第比利斯全城的好去处（全程游览约1小时）
-[...3 lines deleted...]
-                【格鲁吉亚编年史纪念碑】（外观游览 40 分钟）“格鲁吉亚编年史”——是一个纪念碑石柱，位于 Temka，Keeni山，纳扎拉德维地区。这座纪念碑建于 1980 年，其作者是著名的雕塑家祖拉布·特雷特利。 纪念碑描绘了各种历史和宗教事件的场景，以及格鲁吉亚文学作品中的故事。青 铜和石雕描绘了与主有关的伟大日子和基督生命的浮雕。 从此处可以俯瞰整个第比利斯海。
+                乘坐空中缆车到达城中心的高山上，可以在山上俯瞰整个城市的景观，后参观“格鲁吉亚母亲“塑像，外观游览约40分钟左右。之后前往游览纳瑞卡菈堡垒（外观），要塞建筑已经严重损毁，但位置是俯瞰第比利斯全城的好去处（全程游览约1小时）
+                <w:br/>
+                第比利斯地下印刷厂---充满神秘和历史意义的地下印刷博物馆位于第比利斯，揭开了1903年至1906年间革命活动的秘密篇章。在此期间，这个秘密地点成为孟什维克和布尔什维克的繁忙中心，他们在整个俄罗斯帝国及其他地区印刷和传播非法报纸、书籍和宣言，使用格鲁吉亚语、俄语和亚美尼亚语。
                 <w:br/>
                 前往机场，办理登记手续，乘坐国际航班返回温馨的家。
                 <w:br/>
                 交通：汽车、飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -1689,53 +1677,53 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.签证标准：亚美尼亚免签，格鲁吉亚免签，阿塞拜疆免签
-[...1 lines deleted...]
-                2.机票标准：乌鲁木齐起止全程团队经济舱机票及机场税（可申请全国联运，全国免费联运），团队机票不允许改名、退票、改票、改期。（不含航空公司临时新增的燃油附加费）
+                1.签证标准：亚美尼亚免签，格鲁吉亚免签，阿塞拜疆免签(仅限于中国大陆护照，其他国籍含港澳台护照现询)
+                <w:br/>
+                2.机票标准：乌鲁木齐起止全程团队经济舱机票及机场税（可申请全国联运，全国联运+1000/人），团队机票不允许改名、退票、改票、改期。（不含航空公司临时新增的燃油附加费）
                 <w:br/>
                 3.酒店标准：行程中所列星级酒店的双人间。（标准为二人一房，如需入住单间则另付单间差费用或我社有权有权利提前说明情况并调整夫妻及亲属住宿安排）
                 <w:br/>
                 4.用餐标准：行程中所列餐食，午晚餐为中式团队餐（10-12人一桌，餐标八菜一汤)或特色餐（以行程为准）。如果不用餐或因个人原因超出用餐时间到达餐厅的，不再另补且费用不退。（用餐时间在机场候机或飞机上的餐食由客人自理）
                 <w:br/>
                 5.景点标准：行程中所列景点的首道门票（不含景区内的二道门票及个人消费）。行程表中标明的景点游览顺序和停留时间仅供参考，我公司有权根据当地天气、交通等情况调整景点顺序，实际停留时间以具体行程游览时间为准。
                 <w:br/>
                 6.用车标准：空调旅游巴士
                 <w:br/>
                 7.导游司机标准：全程中文领队或中文导游，境外专业司机。
                 <w:br/>
                 8.保险标准：旅行社责任险。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1753,53 +1741,53 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.护照费用；
                 <w:br/>
-                2. 司机导游服务费：RMB1500/人
-[...1 lines deleted...]
-                3. 全程单房差4000人民币/人（不含游轮/火车单间差）
+                2. 司机导游服务费：RMB2000/人
+                <w:br/>
+                3. 全程单房差3500人民币/人（不含游轮/火车单间差）
                 <w:br/>
                 4. 行程表以外行程费用；
                 <w:br/>
                 5. 行李物品的搬运费、保管费及超重费；
                 <w:br/>
                 6. 一切个人消费（如：电话、传真、电视付费频道、洗衣、饮料等）；
                 <w:br/>
                 7. 旅游者因违约、自身过错或自身疾病引起的人身和财产损失；
                 <w:br/>
                 8. 非我社所能控制因素下引起的额外费用，如：自然灾害、罢工、境外当地政策或民俗禁忌、景点维修等；
                 <w:br/>
                 9. 游客人身意外保险（强烈建议客人自行购买旅游意外险）
                 <w:br/>
                 10. 客人往返国内出境口岸的一切费用；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
@@ -2018,51 +2006,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>