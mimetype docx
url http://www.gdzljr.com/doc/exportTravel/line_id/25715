--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20241231SP81117240</w:t>
+              <w:t xml:space="preserve">TX-20251019SP81117240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -410,53 +410,59 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 连住2晚丹霞丰源温泉酒店 徽派江南风格清雅/丹泉客房
                 <w:br/>
                 尽情浸泡“双料温泉”苏打泉&amp;硫磺泉 两大天然珍稀温泉
                 <w:br/>
                 徽派水上威尼斯泳道、水上旋转滑道、免费畅玩大型水上玩具
                 <w:br/>
                 每间房赠送2张彩虹滑道体验门票，温泉亲亲鱼疗门票
                 <w:br/>
-                8成人同时报名，升级1间亲水套房（1房1厅带麻将+私家泡池，仅限2套 先到先得）
-[...1 lines deleted...]
-                3天狂食酒店自助餐 11餐（超长用餐时间 07:00-24:00不间断随进任食）
+                8成人同时报名，升级1间亲水大床房（1房1厅带麻将+私家泡池，仅限2套 先到先得）
+                <w:br/>
+                【尽享美食 任食11餐】
+                <w:br/>
+                酒店自助餐时间（开放时间内 随进任食）上午 08:00-14:30，下午17:30-24:00
+                <w:br/>
+                住当天晚餐（按床位赠送）入1人1盅滋润鸡煲翅
+                <w:br/>
+                可免费升丹泉轩独立泡池房含4池水（下单备注）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -573,61 +579,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发---丹霞丰源温泉--安排入住酒店
+                第一天：出发---丹霞丰源温泉--安排入住酒店含：午餐、晚餐住：丰源温泉度假村（清雅客房/丹泉客房，双床1.2 米/大床1.8米）
                 <w:br/>
                 出发地出发，沿路接齐各位贵宾后出发，乘车前往【丹霞丰源温泉酒店】安排入住。 
                 <w:br/>
-                下午：丰源温泉酒店四面环山，林木葱翠，融于自然；整体建筑群，依山而建，靠水而居，在保障原生山体风貌的同时，依南低北高的山谷地势，打造24米错落高差的恢弘叠级景观水系，呈现极具江南水乡的体验风情。区内各个组团别墅，临私家泳道精心排布，大规模叠级水系环绕其间，在保证每栋别墅的生活私密基础上，可带来时刻亲水的畅游体验。别墅房间设施经典高雅，舒适宜人，为您营造五星级的高质量睡眠环境。酒店总客房379间，每间亲水套房均配备会客厅、麻将桌、私家阳台花园、温泉泡池，让您足不出户即可享受奢华泉世界，更能零距离嬉戏于超长网红威尼斯泳道，享受独有的度假快乐。 
-[...5 lines deleted...]
-                自助餐开放参考时间（凭房卡使用）：早餐+午餐/直落（早上7点至中午14点），晚餐）+宵夜/直落（17:30-23点）
+                下午：丰源温泉酒店四面环山，林木葱翠，融于自然；整体建筑群，依山而建，靠水而居，在保障原生山体风貌的同时，依南低北高的山谷地势，打造24米错落高差的恢弘叠级景观水系，呈现极具江南水乡的体验风情。区内各个组团别墅，临私家泳道精心排布，大规模叠级水系环绕其间，在保证每栋别墅的生活私密基础上，可带来时刻亲水的畅游体验。别墅房间设施经典高雅，舒适宜人，为您营造五星级的高质量睡眠环境。酒店总客房379间，每间亲水套房均配备会客厅、麻将桌、私家阳台花园、温泉泡池，让您足不出户即可享受奢华泉世界，更能零距离嬉戏于超长网红威尼斯泳道，享受独有的度假快乐。
+                <w:br/>
+                住宿（酒店安排为准，不指定）：
+                <w:br/>
+                韶关丹霞丰源温泉酒店 清雅双床房/清雅大床房 （外楼梯别墅二楼客房，双床1.2 米/大床1.8米）韶关丹霞丰源温泉酒店 丹泉双床房/清雅大床房 （双床1.2 米/大床1.8米）
                 <w:br/>
                 交通：旅游空调车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -659,51 +663,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                全天自由活动（凭房卡享用自助餐）
+                第二天：全天自由活动（凭房卡享用自助餐）含：早餐、午餐、晚餐   住：丰源温泉度假村（清雅客房/丹泉客房，双床1.2 米/大床1.8米）
                 <w:br/>
                 享用酒店自助早餐，餐后自由活动；
                 <w:br/>
                 自由活动/浸泡温泉/威尼斯泳道。体验刺激【彩虹滑道】彩虹滑道坡度长达100米，在这里可以让您感受俯速而下的痛快体验，瞭望彩虹滑道周边有一种七彩之旅的氛围感（每间房赠送2张门票，如下雨天气不对外开放）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
@@ -737,51 +741,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐--午餐--返程
+                第三天：早餐--午餐--返程含：早餐、午餐
                 <w:br/>
                 享用酒店自助早餐，餐后在酒店自由活动/浸泡温泉/威尼斯泳道
                 <w:br/>
                 约13:00-13:30于酒店大堂集中乘车返广州，结束愉快的旅程。旅行社会根据情况与韶关丰源/汝城官溪/汝城福泉等佛冈温泉酒店拼车出发，请知悉。 
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
@@ -859,51 +863,53 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
                 2、用餐：含2早5正餐2下午茶2宵夜（全程食足11餐）
                 <w:br/>
                 3、门票：行程所含景点首道大门票（园内园景点门票自理）；
                 <w:br/>
                 4、住宿：韶关丹霞丰源温泉酒店 清雅双床房/清雅大床房或丹泉客双床/大床房（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差/放弃床位）；
                 <w:br/>
-                5、服务：提供导游服务（往返导游）；6、购物：无。
+                5、服务：提供导游服务（往返导游）；
+                <w:br/>
+                6、购物：无。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1222,51 +1228,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>