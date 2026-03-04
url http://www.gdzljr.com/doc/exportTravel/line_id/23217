--- v0 (2025-10-21)
+++ v1 (2026-03-04)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">费尔蒙肯尼亚10天7晚| 安博塞利国家公园 | 长颈鹿公园 | 马赛马拉国家野生动物保护区 | 马赛村 | 马拉河徒步 | 纳瓦沙湖 | 埃尔门泰塔湖 | 爱尔莎庄园（长沙CZ）行程单</w:t>
+        <w:t xml:space="preserve">肯尼亚10天7晚| 安博塞利国家公园 | 长颈鹿公园 | 马赛马拉国家野生动物保护区 | 马赛村 | 马拉河徒步 | 纳瓦沙湖 | 埃尔门泰塔湖 | 爱尔莎庄园费尔蒙有点甜（长沙CZ）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -394,57 +394,57 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 甜水公园：珍稀动物庇护所，肯尼亚唯一黑猩猩保护区
                 <w:br/>
-                甜蜜睡眠：全5酒店+张弛有度的住宿体验
-[...5 lines deleted...]
-                1晚升级安博塞利5星帐篷酒店
+                甜蜜睡眠：甄选酒店，张弛有度的住宿体验
+                <w:br/>
+                2晚升级传奇奢华费尔蒙：1晚肯尼亚山+1晚内罗毕
+                <w:br/>
+                2晚升级马赛马拉园区酒店
+                <w:br/>
+                1晚升级安博塞利豪华帐篷酒店
                 <w:br/>
                 甜蜜大餐：中式海鲜火锅+烤肉餐
                 <w:br/>
                 <w:br/>
                 该有都有了
                 <w:br/>
                 五大园区：安博塞利、2次马赛马拉、埃尔门泰塔湖、船游纳瓦沙
                 <w:br/>
                 湖、黑白犀牛纳库鲁
                 <w:br/>
                 六大体验：徒步马拉河、爱尔莎庄园英式下午茶、马赛村、长颈鹿
                 <w:br/>
                 公园、动物孤儿院、赤道小实验
                 <w:br/>
                 <w:br/>
                 迭代新升级 
                 <w:br/>
                 牛津学者讲非洲五霸视频课堂
                 <w:br/>
                 赠送国际插头、安排随车音响
                 <w:br/>
                 越野车不超过6客一台车
                 <w:br/>
                 <w:br/>
                 精选航线：
@@ -710,51 +710,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：酒店自助餐     晚餐：酒店自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">安博塞利当地五星级酒店AMBOSELI KIBO SAFARI CAMP  或同级酒店</w:t>
+              <w:t xml:space="preserve">入住安博塞利豪华帐篷酒店AMBOSELI KIBO SAFARI CAMP  或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -790,51 +790,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式海鲜火锅     晚餐：Carnivore 百兽宴   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">内罗毕 FAIRMONT THE NORFOLK HOTEL 费尔蒙连锁五星或同级酒店</w:t>
+              <w:t xml:space="preserve">入住内罗毕传奇奢华FAIRMONT THE NORFOLK HOTEL 费尔蒙或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -872,51 +872,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店自助餐     晚餐：酒店自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马赛马拉园内Mara Simba Lodge 当地五星或同级</w:t>
+              <w:t xml:space="preserve">入住马赛马拉园内Mara Simba Lodge 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -952,51 +952,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店打包盒餐     晚餐：酒店自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马赛马园内Mara Simba Lodge 当地五星或同级</w:t>
+              <w:t xml:space="preserve">入住马赛马拉园内Mara Simba Lodge 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1032,51 +1032,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店自助餐     晚餐：酒店自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">纳瓦沙湖畔NAIVASHA SAWELA LODGE 当地五星或同级酒店</w:t>
+              <w:t xml:space="preserve">入住纳瓦沙湖滨酒店NAIVASHA SAWELA LODGE或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1114,51 +1114,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">纳库鲁LAKE NAKURU LODGE 当地五星或同级</w:t>
+              <w:t xml:space="preserve">入住纳库鲁特色酒店LAKE NAKURU LODGE 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1194,51 +1194,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">肯尼亚山Fairmont Montain Kenya Safari Club Hotel 国际五星费尔蒙狩猎度假村或同级</w:t>
+              <w:t xml:space="preserve">入住肯尼亚山传奇奢华Fairmont Montain Kenya Safari Club Hotel 费尔蒙狩猎度假村或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2183,51 +2183,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>