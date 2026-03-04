--- v0 (2026-01-01)
+++ v1 (2026-03-04)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">（假日）爱尚版纳 洲际品鉴之旅·广东拼 直飞西双版纳4晚5日精华游行程单</w:t>
+        <w:t xml:space="preserve">（假日）云南-爱尚版纳品鉴之旅·广东拼 直飞西双版纳4晚5日精华游行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -392,67 +392,67 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                尊享酒店：3晚网评4钻温德姆酒店+升级1晚奢华5钻洲际酒店或同级
-[...5 lines deleted...]
-                回归自然：【5A勐仑植物园】—感受酣畅淋漓的雨林胜景，见证一朵花的盛开，一棵树的盛放 
+                尊享酒店：全程网评4钻酒店，4晚连住不挪窝，舒适睡眠，游玩更尽兴
+                <w:br/>
+                网红告庄：【星光夜市】【六国水上市场】—如临美丽的东南亚，拍抖音、刷爆朋友圈
+                <w:br/>
+                探秘雨林：【原始森林公园】—共赏【孔雀飞跃丛林】，自由漫步热带雨林栈道
+                <w:br/>
+                回归自然：【5A勐仑植物园】—与家人感受"会开花的树""会爆炸的果"，自由探索雨林奥秘 
                 <w:br/>
                 民族村寨：【傣族村寨】—了解当地少数民族生活习俗
                 <w:br/>
                 漫步茶园：【南糯山哈尼文化园】—相约生态茶园古茶山，唤醒身体的灵性
                 <w:br/>
-                野外追踪：【野象谷】—追寻野象足迹，不放过任何一睹珍稀来亚洲象的萌趣日常
+                野外追踪：【野象谷】—和家人一起追寻野象足迹，不放过任何一睹珍稀来亚洲象的萌趣日常
                 <w:br/>
                 特色美食：美味基诺竹筒宴让你感受当地特色风味+傣族特色民族风味餐
                 <w:br/>
-                特色体验：夜赏灯火通明的火龙果田，感受大自然与人工照明的完美结合。
+                特色体验：夜赏灯火通明的火龙果田，感受大自然与人工照明的完美结合
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -618,51 +618,51 @@
                 【温馨提示】
                 <w:br/>
                 1、版纳地区紫外线较强，气候变化较快，请您在出行前提前做好相应准备，雨伞、外套、防晒霜.
                 <w:br/>
                 2、为避免出现饮食问题，请您在自行品尝美食时，选择正规的餐饮场所.
                 <w:br/>
                 3、在自由出行时，请您保管好个人财物，注意人身安全。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西双版纳景洪浩枫温德姆酒店或不低于以上标准</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -673,78 +673,78 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                野象谷、曼掌村、火龙果基地采摘+蹦迪
+                野象谷、曼掌村、火龙果基地采摘
                 <w:br/>
                 上午： 汽车赴野象谷景区，游览理想而神秘的热带雨林探险圣地：国家4A级景区【野象谷】（游览约2小时，不含单程索道50元/人，往返70元/人自理），从激流到静水，从草丛到灌林，从林下到林冠，都是动物们栖息地所在，古有“乘象国”之称的西双版纳，幸运的您还有机会看到壮观的野象群出没，近距离亲近大象。
                 <w:br/>
-                下午：游览【曼掌村】(游览时间约90分钟)走进曼掌村，特色的傣族建筑群格外醒目，绿植和花草为这里增添了另一种美丽。每户村民家里都种植着各种花草，让整个村庄美得精巧自然。在村寨外，还有一条河，“村光”与河水交相辉映，编织出的山水画，就是你想象中的样子。【火龙果基地采摘+蹦迪】火龙果田的一大特色是夜间的灯光照明。这些灯光不仅为火龙果的生长提供了必要的光照条件，也营造出了独特的夜景氛围。当夜幕降临，一盏盏灯光亮起，火龙果植株在灯光的照耀下显得格外神秘和美丽。可以沿着田间小路漫步，欣赏灯光与火龙果植株相互映衬的美景，感受大自然与人工照明的完美结合。了解火龙果种植知识：在夜游过程中，如果遇到当地的果农或工作人员，可以向他们请教火龙果的生长习性以及夜间照明对火龙果生长的作用等，还能丰富夜游的体验。拍照留念：火龙果田的夜景非常适合拍照留念。可以选择不同的角度和位置，拍摄火龙果植株、灯光、田野等元素，记录下这美丽的瞬间。如果有条件，可以使用三脚架和相机进行长曝光拍摄，捕捉到灯光的轨迹和火龙果田的独特氛围。
+                下午：游览【曼掌村】(游览时间约90分钟)走进曼掌村，特色的傣族建筑群格外醒目，绿植和花草为这里增添了另一种美丽。每户村民家里都种植着各种花草，让整个村庄美得精巧自然。在村寨外，还有一条河，“村光”与河水交相辉映，编织出的山水画，就是你想象中的样子。【火龙果基地采摘】火龙果田的一大特色是夜间的灯光照明。这些灯光不仅为火龙果的生长提供了必要的光照条件，也营造出了独特的夜景氛围。当夜幕降临，一盏盏灯光亮起，火龙果植株在灯光的照耀下显得格外神秘和美丽。可以沿着田间小路漫步，欣赏灯光与火龙果植株相互映衬的美景，感受大自然与人工照明的完美结合。
                 <w:br/>
                 【行程备注】采摘规则按照景区规定执行，另此如当季节无火龙果采摘，改为制作芭蕉叶粑粑体验
                 <w:br/>
                 【温馨提示】：如果您有幸看到野象群出没，请抑制内心激动地心情，不要大声喧哗，以免惊扰到野象，喂食大象时也请文明有序，以防伤害到大朋友。不要乱扔垃圾，所有垃圾请自行带出雨林。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西双版纳景洪浩枫温德姆酒店或不低于以上标准</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -858,68 +858,68 @@
               </w:rPr>
               <w:t xml:space="preserve">
                 南糯山哈尼文化园→总佛寺→曼听公园
                 <w:br/>
                 上午：前往【南糯山哈尼文化园】（车程约1小时，游览约150分钟）观看千年古树（六大古茶山之一，800 年古茶树）参观东南亚唯一的哈尼/阿卡博物馆，感受千年万亩乔木古树茶园的森林茶庄，高山云雾、静谧溪谷、天籁 妙音、哈尼老寨、阿布阿里、南糯古茶，随后你可以自己动手把茶叶进行，蒸压，品饮，体验制作普洱茶的制作过程。。春雨过后，茶叶陆续发出新芽，此时的茶园，处处绿意盎然，青翠欲滴，茶树散发出的淡淡清香扑鼻而来，让人心旷神怡。
                 <w:br/>
                 下午：车前往【总佛寺】西双版纳总佛寺，位于景洪市曼听公园附近，是西双版纳最早修建的寺庙之一，至今已有1300多年历史，是西双版纳最高等级的佛寺，也是西双版纳最热门的佛寺景点。总佛寺是西双版纳佛教信徒拜佛的中心，建筑大气雄伟、梁柱雕刻精美，主要包括维罕大殿、福顺楼、钟鼓楼、佛学院教学楼等建筑，其中院楼北墙前筑有供坛，壁上绘着《佛本生经》。【曼听公园】又名“傣王室曼听御花园”是西双版纳最古老的公园，这里集合了傣王室文化、佛教文化、傣民俗文化，同时还可以看到奇花异草、热带绿植。傣族人习惯把这里称为“春欢”意为灵魂之园。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">西双版纳洲际度假酒店、西双版纳融创皇冠假日度假酒店、西双版纳云投喜来登大酒店或不低于以上标准</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">西双版纳景洪浩枫温德姆酒店或不低于以上标准</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1060,53 +1060,51 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.门票：含行程所列景区首道大门票，不含未注明景区小交通费用（特别提示：①由于云南旅游景点多为提前制卡制度，一旦制卡费用已产生无法申退，故制卡后不退门票费用。②因我社门票是旅行社团体采购的优惠打包价，已低于各类优惠卡数值，故持有（如：学生证、军官证、老人证等所有特殊证件）均不再享受任何优惠政策，无费用可退，不受理任何优惠门票退费申请。③由于贵宾个人原因放弃游玩或不可抗力因素导致无法游玩的项目，不安排替代项目，无费用可退。报名前烦请认真阅读，为您带来不便敬请谅解。
                 <w:br/>
                 2.住宿：全程指定酒店，每个成人一个床位，每两个成人一个普通标间，若指定大床房在标单同价的情况下可以满足，若   酒店标单有差价或指定升级房型的情况需额外补足差价。
                 <w:br/>
                 3.餐饮：全程4早餐6正餐。早餐均为酒店含早，自愿放弃无费用减免，4正餐餐标40元餐标，2餐特色餐50元餐标。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.交通：全程空调旅游车，按我社拼团人数选择车型，每人确保正座。
                 <w:br/>
                 5.航班：含始发地至景洪往返机票（团队票开出后不得签转、更改及退票），含机场建设费，燃油税。
                 <w:br/>
                 6.导游：10人以上安排导游，10人以下师兼导。持有中国导游证的中文导游供导游服务（提别说明：为保证成团率，此线路为全广东拼团线路，第一天和最后一天有可能是接送组师傅负责接送，师傅会提前短信或电话联系您约定集合时间地点，注意留意手机信息，及时回复确认。接送期间无导游陪同，请注意）。
                 <w:br/>
                 特别提醒：如遇旺季，景点顺序导游根据实际情况安排，敬请谅解。
                 <w:br/>
-                儿童：
-[...1 lines deleted...]
-                2-12周岁儿童：含始发地至版纳往返机票（含机场建设费，燃油税）、旅游汽车费、正餐餐费。
+                儿童：2-12周岁儿童：含始发地至版纳往返机票（含机场建设费，燃油税）、旅游汽车费、正餐餐费。
                 <w:br/>
                 不含：门票、床位、早餐费（早餐费按入住酒店收费规定，由家长现付）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1869,51 +1867,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-01</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>