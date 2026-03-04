--- v0 (2025-10-21)
+++ v1 (2026-03-04)
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20251004E1UW</w:t>
+              <w:t xml:space="preserve">AA20260307E1UW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -694,61 +694,61 @@
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 深圳 ✈ 开罗
                 <w:br/>
                 01：55 搭乘海南航空班机HU471飞往埃及首都开罗
                 <w:br/>
                 08：10 抵达开罗后，办理入关手续，接机，
                 <w:br/>
-                 驱车前往游览古埃及文明的象征【吉萨金字塔】（约1小时），金字塔无疑是开罗乃至全世界最著名的旅游景点了，同时也是每个来开罗的游客必到景点。金字塔内部除了一个疑似石棺的东西，基本就是空空如也。建筑上的超高难度再加上各种数字上的巧合，让这建筑充满了神秘色彩。游客到此就是真真切切的感觉建筑的宏伟。
-[...9 lines deleted...]
-                 晚餐后入住酒店休息.
+                驱车前往游览古埃及文明的象征【吉萨金字塔】（约1小时），金字塔无疑是开罗乃至全世界最著名的旅游景点了，同时也是每个来开罗的游客必到景点。建筑上的超高难度再加上各种数字上的巧合，让这建筑充满了神秘色彩。游客到此就是真真切切的感觉建筑的宏伟。（备注：如需进入金字塔内部，请自备当地货币及自行购票）
+                <w:br/>
+                游览【狮身人面像】（约1小时），位于卡夫拉金字塔正前方的狮身人面像，是古埃及文明的又一代名词。据说在公元前2610年，胡夫来这里巡视自己快要竣工了的陵墓大金字塔的时候，他发现采石场上还留下一块巨石，于是令石匠们，雕一座狮身人面像。事实上埃及不止一座狮身人面像，不过在开罗吉萨的这一座，是最大并且是最古老的。
+                <w:br/>
+                于金字塔观景餐厅享用烤肉午餐
+                <w:br/>
+                前往【大埃及博物馆】（入内参观约1.5小时）“开局即封神”，博物馆内收藏超10万件文物，历时20年、耗资10亿美金、占地90000平方米，取代了占地73000平方米的“法国巴黎卢浮宫”，成为世界上最大的考古博物馆。科技感和现代感十足的设计风格，蕴藏着五千年的古埃及历史文明。走进博物馆，在光影交错的雕塑缝隙间，遇见埃及的“古”与“今”。（如遇大埃及博物馆闭馆，则改成前往文明博物馆参观）
+                <w:br/>
+                后前往【埃及博物馆】（约1.5小时），埃及博物馆是由被埃及人称为“埃及博物馆之父”的法国著名考古学家玛利埃特于1858年在开罗北部的卜腊设计建造的。于1902年正式对外开放，珍藏着众多自古埃及法老时代至公元6世纪的历史文物， 收藏文物 30 多万件，陈列展出 6.3 万件，约占全部文物的五分之一。
+                <w:br/>
+                晚餐后入住酒店休息.
                 <w:br/>
                 交通：飞机/旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：金字塔观景烤肉餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -868,59 +868,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 红海 – 卢克索
                 <w:br/>
                 早上享用酒店自助早餐，驱车前往世界至大露天博物馆卢克索。（车程约4小时）
                 <w:br/>
-                 抵达后前往参观世界至大的神庙群【卡纳克神庙群】（约1.5小时），您将在此见到举世闻名的【拉美西斯二世巨型石像】，这里也是太阳神阿蒙神的崇拜中心。在众多柱厅中，共有134根圆形巨柱，中央12根是古代最高大的石柱，高23米，直径5米。丰富的浮雕和彩画既表现宗教内容，又歌颂国王业绩。在此人们依然能够感受和想象到卡纳克神庙当年的宏伟壮丽。
+                抵达后前往参观世界至大的神庙群【卡纳克神庙群】（约1.5小时），您将在此见到举世闻名的【拉美西斯二世巨型石像】，这里也是太阳神阿蒙神的崇拜中心。在众多柱厅中，共有134根圆形巨柱，中央12根是古代最高大的石柱，高23米，直径5米。丰富的浮雕和彩画既表现宗教内容，又歌颂国王业绩。在此人们依然能够感受和想象到卡纳克神庙当年的宏伟壮丽。
                 <w:br/>
                  特别安排乘坐费卢卡（FELUCCA）小帆船，畅游尼罗河，尽情的体验小帆船在尼罗河中自由自在的前行，摇曳其中，其乐无穷，前往香蕉岛体验卢克索的淳朴民风（约30分钟）！（注意：如当天天气没有风，更改为乘坐机动船）。
                 <w:br/>
-                  中午特别安排享用【卢克索尼罗河边景观努比亚特色餐】. 
-[...3 lines deleted...]
-                  晚餐后送回酒店入住休息。
+                 中午特别安排享用【卢克索尼罗河边景观努比亚特色餐】. 
+                <w:br/>
+                 下午特别安排乘坐努比亚民族特色马车前往卢克索城区，外观见证古都底比斯辉煌历史的气势辉宏【卢克索神庙】（外观约5分钟），一边感受卢克索淳朴民风，一边恍如回到几千年法老王世界（特别提醒：乘坐马车时上下车请注意安全，马车未停稳之前切勿作出跳车或相关危险动作！）。
+                <w:br/>
+                 晚餐后送回酒店入住休息
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：尼罗河景观努比亚特色餐     晚餐：当地晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -956,55 +956,55 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 卢克索 – 红海
                 <w:br/>
                 清晨建议可自费参加卢克索热气球，约04：00起床，前往码头乘船到对岸，乘坐专车到集中地，乘坐热气球俯瞰世界上最大的露天博物馆-卢克索城，幸运的话您可以看到卢克索神庙、卡尔纳克神庙、女王大殿和帝王谷，还有美丽的沙漠绿洲田野和日出后壮丽的景色。热气球项目均会受当地气候影响，同时根据参加人数决定是否有导游陪同，具体请以当地实际情况为准，敬请谅解。
                 <w:br/>
-                 早上享用酒店自助早餐，退房后驱车前往著名的红海洪加达度假胜地（车程约4小时）
-[...3 lines deleted...]
-                 后驱车继续前往红海，抵达后入住酒店
+                早上享用酒店自助早餐，退房后驱车前往著名的红海洪加达度假胜地（车程约4小时）
+                <w:br/>
+                 途中前往【丹达拉神庙】埃及现存神庙里最美的“天花板”，保留下了极为美丽的Tiffany蓝色。离卢克索约 60 公里 ，是一座托勒密时代的神庙 ，供奉哈索尔女神。这里原来的荷鲁斯圣殿已荡然无存 ，荷鲁斯之子——伊西的圣殿现只剩下一座大门。 哈索尔女神是整个古埃及历史中最重要和最受迎的女神之一，头衔众多。旅行者只要记得她是鹰神荷鲁斯的妻子，形象是一位长着牛耳朵的美丽女子 ，是美丽与音乐的女神就可以。传说丹达拉是她的诞生之地 ，此处是她的崇拜之地。 （参观约1小时）
+                <w:br/>
+                后驱车继续前往红海，抵达后入住酒店
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1204,55 +1204,55 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 开罗 –亚历山大-开罗
                 <w:br/>
                 早餐后乘车前往埃及第一大海港—【亚历山大港】途经撒哈拉沙漠，可欣赏到奇特的沙丘地带风光. 前往【古罗马圆形剧场】（参观约45分钟），这座剧场在20世纪60年代被波兰考古学者发现，它的历史可追溯到4世纪，是希腊罗马时期的典型建筑。在6至7世纪发生的地震中曾遭受重创，所幸主要建筑得以保存下来。时至今日，剧场的回声效果仍是一流，站在剧场中间说话或是拍掌，声音可清晰地传至后排的任何一个角落。外观【亚历山大图书馆】。
                 <w:br/>
-                  后前往【孟塔扎宫花园】(参观约40分钟)。位于埃及的亚历山大（Alexandria）东部，占地155.4公顷，密林环绕，是一个独具特色的花园。1952年前一直是皇室家族的消夏避暑地，现海滨向游人和垂钓者开放，王宫不对公众开放。
-[...3 lines deleted...]
-                 后返回开罗，晚餐后入住酒店
+                 后前往【孟塔扎宫花园】(参观约40分钟)。位于埃及的亚历山大（Alexandria）东部，占地155.4公顷，密林环绕，是一个独具特色的花园。1952年前一直是皇室家族的消夏避暑地，现海滨向游人和垂钓者开放，王宫不对公众开放。
+                <w:br/>
+                 后前往【亚历山大灯塔遗址】。亚历山大灯塔是世界著名的第七大奇观之一。遗址在埃及亚历山大城边的法罗斯岛上。灯塔约在公元前280～278年建成，巍然屹立在亚历山大港外1500年，但因在两次地震中极度受损，最终于1480年完全沉入海底。前往参观【凯特贝城堡】（入内参观约30分钟），15世纪埃及国王玛姆路克苏丹为了抵抗外来侵略，使用灯塔遗留下来的石料在灯塔的遗址上建造了凯特贝城堡，他不止与开罗的萨拉丁城堡并称为埃及两大中世纪古城堡，还有着无比辉煌显赫的过去.登上城堡，欣赏古堡内外以及近在咫尺的的地中海风光.（如遇城堡维修或者特殊活动关闭，则改为外观）
+                <w:br/>
+                后返回开罗，晚餐后入住酒店
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：特色烤鱼餐     晚餐：烤鸽子餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1534,75 +1534,268 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.	行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目。
-[...9 lines deleted...]
-                6.	以上报价未提及的项目。
+                1.行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目。
+                <w:br/>
+                2.因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用。
+                <w:br/>
+                3.旅游意外伤害保险。
+                <w:br/>
+                4.如行李或物品丢失、被盗等意外损失费用。
+                <w:br/>
+                5.晚用车，给司机和导游加班费用。
+                <w:br/>
+                6.以上报价未提及的项目。
                 <w:br/>
                 其他收费：	
                 <w:br/>
                 <w:br/>
-                1.	单人房附加费：3500元/人。
-[...7 lines deleted...]
-                5.	境外特色项目（行程后附）。
+                1.单人房附加费：3500元/人。
+                <w:br/>
+                2.11岁以下小孩不占床减500元，11岁及以上小孩必须占床，占床跟大人同价
+                <w:br/>
+                3.签证费200元/人
+                <w:br/>
+                4.境外司机导游服务费：RMB2000/人
+                <w:br/>
+                5.境外特色项目（行程后附）。
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">自费项目</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">详细内容请参考附件埃及单项游精选参考</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1968,51 +2161,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2156,50 +2349,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>