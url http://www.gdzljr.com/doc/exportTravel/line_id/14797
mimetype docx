--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -29,65 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">(假日）【25年10-11月】不带银两游北京G线：北京双飞五天懒人游行程单</w:t>
+        <w:t xml:space="preserve">(假日）【25年12-26年1月】不带银两游北京G线：北京双飞五天懒人游行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">★独家甄选：体验国潮汉服风、归隐园林泡温泉、 赏音乐跃动喷泉、漫步庭院看灯火阑珊处 ★欣赏奥运顶尖杂技【红剧场杂技】 ★【秋日限定·闯入色彩斑斓的童话世界-北京世园公园】 ★京城顶级“豪”四合院-恭王府 ★圆明园套票缅怀历史 ★观庄严肃穆升</w:t>
+        <w:t xml:space="preserve">★独家甄选：体验国潮汉服风、归隐园林泡温泉、 赏音乐跃动喷泉、漫步庭院看灯火阑珊处 ★欣赏奥运顶尖杂技【红剧场杂技】 ★京城顶级“豪”四合院-恭王府  ★从苦难辉煌到大国崛起-军事博物馆 ★中国最高政治殿堂-人民大会堂 ★圆明园套票缅怀历史</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">FH-25年10-11月G1线</w:t>
+              <w:t xml:space="preserve">FH-25年12-26年1月G1线</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -490,96 +490,93 @@
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 **专为“懒人”打造的品质线路：慢慢讲、慢慢走、慢慢玩、慢慢看、适应懒人的出游步伐
                 <w:br/>
                 **0购物0加点0景交、全程不推购物店和自费景点，真正做到不带银两游北京
                 <w:br/>
                 **入住三环沿线网评四钻月桂树酒店或行者居酒店或同级、升级1晚1晚庭院式温都水城秀水湖温泉漫心府或同级
                 <w:br/>
                 **车备品牌矿泉水、故宫配无线讲解器、送八达岭长城“不到长城非好汉”证书
                 <w:br/>
                 <w:br/>
-                ❉【PICK我们的理由—皇牌产品-560元重磅景点】
+                ❉【PICK我们的理由—皇牌产品-580元重磅景点】
                 <w:br/>
                 重磅1价值280元：欣赏奥运顶尖杂技-【红剧场杂技】，多年来一批批精品节目为中国杂技增添了众多喝彩。
                 <w:br/>
-                重磅2价值100元：  中国最高政治殿堂-【人民大会堂】，1959年“北京十大建筑”之一，中西合璧的经典地标。殿堂级厅堂有世界最大会议厅之一，穹顶红五星灯群震撼万人大礼堂 。国宾金色大厅接待厅，金箔浮雕与水晶灯交辉 。还可以参观34个省级厅，一厅一文化地方特色省厅 。
-[...3 lines deleted...]
-                重磅4价值80元：【有轨电车·香山寻秋】当鎏金色的晨光漫过西山峰峦，复古电车正沿着铁轨轻吟而来。枫叶尚未染尽朱红，却在青黄之间晕开一抹羞涩的绯霞；银杏叶缘已悄悄镶上金边，如蝶翼般在微风中轻颤。 此时的香山，既有夏末的余韵，又含深秋的序章（最佳观赏时间10月中下旬）。
+                重磅2价值100元：  中国最高政治殿堂-【人民大会堂】，1959年“北京十大建筑”之一，中西合璧的经典地标。殿堂级厅堂有世界最大会议厅之一，穹顶红五星灯群震撼万人大礼堂 。国宾金色大厅接待厅，金箔浮雕与水晶灯交辉 。还可以参观34个省级厅，一厅一文化地方特色省厅 。
+                <w:br/>
+                重磅3价值100元：半部清史里-【恭王府】，漫步恭王府，欣赏“一座恭王府，半部清代史"的建筑瑰宝，从金丝楠木的厅堂到寓意吉祥的蝙蝠彩绘，从藏宝无数的锡晋斋到曲水流觞的沁秋亭，这里每一处细节都在讲述着权力、艺术与人生的故事。
+                <w:br/>
+                重磅4价值100元：万园之园-【圆明园-含遗址公园】，这里曾是大清帝国的瑰丽梦境，一砖一瓦皆镌刻着盛世风华。让我们放慢脚步，在时光的碎片里，重拾那个曾经惊艳世界的“万园之园”。
+                <w:br/>
                 <w:br/>
                 <w:br/>
                 ❉【PICK我们的理由—皇牌产品-臻选北京最精华景点】
                 <w:br/>
+                【从苦难辉煌到大国崛起-军事博物馆】中国唯一的大型综合性军事历史博物馆，通过红军长征、抗日战争、解放战争、抗美援朝等主题展厅，展现人民军队“从胜利走向胜利”的历史逻辑。
+                <w:br/>
                 【六百年紫禁城-故宫】中国乃至世界上保存较为完整、规模较大的木质结构古建筑群，太和殿的汉白玉台基上，依稀可见帝王仪仗的赫赫威仪；乾清宫的蟠龙藻井下，仍回荡着军机要务的窃窃私语。
                 <w:br/>
                 【巨龙之脊上-八达岭长城】在燕山山脉的苍茫脊背上，八达岭长城如一条沉睡的巨龙，用青砖与烽火书写着两千年的山河壮歌。颁发“不到长城非好汉证书”。
                 <w:br/>
-                【半部清史里-恭王府】漫步恭王府，欣赏“一座恭王府，半部清代史&amp;quot;的建筑瑰宝，从金丝楠木的厅堂到寓意吉祥的蝙蝠彩绘，从藏宝无数的锡晋斋到曲水流觞的沁秋亭，这里每一处细节都在讲述着权力、艺术与人生的故事。
-[...2 lines deleted...]
-                <w:br/>
                 【皇家山水诗篇-颐和园】昆明湖的柔波倒映着万寿山的巍峨，十七孔桥如长虹卧波，将千年的风雅一揽入怀。漫步颐和园，每一步都踏在历史的韵律上。
                 <w:br/>
                 【千年圣坛-天坛套票】世界现存规模最大的古代祭天建筑群 ，这座明清两代帝王与上天对话的圣域，至今仍保持着最接近苍穹的姿态。
                 <w:br/>
                 【游什刹海，看老北京胡同】这里有北京保存极为完整的胡同，您能体验皇城根儿文化，漫步于老北京胡同，感受老北京人的地道生活。
                 <w:br/>
                 【烟袋斜街】是北京最古老的的一条商业街，这里有北京剪纸、吹糖人、北京特色小吃，充满了古老而独特的市井风情，韵味十足。
                 <w:br/>
-                【金毯铺道，流光溢景-银杏大道】秋风起时，万千金叶翩跹而下，一场持续不断的、静默的金色落雨。它们在空中旋转、舞蹈，最后轻盈地栖息于肩头、掌心，或是铺就一条厚实而松软的金色地毯。人们行走其间，脚下沙沙作响，那是秋天最温柔的低语和馈赠。光线被枝叶筛滤，投下斑驳跳跃的光晕，整条大道流光溢彩，如梦似幻（最佳观赏时间10月底11月上旬）。
-                <w:br/>
                 <w:br/>
                 ❉【PICK我们的理由—指定北京老百姓用餐餐厅40-60/人】 
                 <w:br/>
                 600/桌【便宜坊烤鸭】观赏600年历史焖炉烤鸭房，五星厨师给您现场展现片鸭绝技
                 <w:br/>
-                500/桌【老门框涮羊肉】以传统老北京铜锅涮肉为特色的知名连锁餐厅，主打鲜切羊肉、手切鲜牛肉和地道麻酱小料，本地人特别喜欢来这里吃。
+                600/桌【国家非遗产&amp;百年老字号-东来顺涮羊肉】2008年，东来顺集团“牛羊肉烹制技艺·东来顺涮羊肉制作技艺”获国务院批准，被列入《国家级非物质文化遗产名录》。东来顺的涮羊肉最具特色，历经百年发展形成了“选料精、刀工美、调料香、火锅旺、底汤鲜、糖蒜脆、配料细、辅料全”的八大特点，具有较高的民族餐饮文化价值。
                 <w:br/>
                 400/桌【胡同禧宴】这是一家充满京味风情的特色餐厅。其装修典雅大气，环境温馨舒适。店内有经验丰富的京菜大厨坐镇，口感丰富。
                 <w:br/>
                 400/桌【青年公社融合菜】用餐环境时尚、雅致，菜品种类丰富、正宗京味菜系。
                 <w:br/>
                 <w:br/>
                 ❉【PICK我们的理由—享用丰盛自助早餐】
                 <w:br/>
-                指定入住三环沿线网评4钻*月桂树酒店或行者居酒店或同级，酒店环境优雅、设备齐全、服务体贴周到，拥有多套不同规格的客房，内设中央空调、有线电视、卫浴、宽带上网。 
+                指定入住三环沿线网评4钻*月桂树酒店或行者居酒店或同级，酒店环境优雅、设备齐全、服务体贴周到，拥有多套不同规格的客房，内设中央空调、有线电视、卫浴、宽带上网。 
                 <w:br/>
                 升级1晚高端庭院式酒店：温都水城秀水湖温泉漫心府（享用1顿超级豪华自助早餐：98元/位、含温泉）这是漫心品牌全新打造的国风院落系列限量版。酒店是由业内著名设计“黑十”设计主理，整体院落为苏州园林建筑风格，设计师以园林“起、承、转、合”空间节奏组合为设计灵感，打造有层次、有韵律的情境意韵，重现“不出城郭而获山水之怡，身居闹市而得林泉之趣”的诗意美感。客房洗护为法国精油研选品牌香凡罗蒂，纯天然植物精油系列洗护用品适宜呵护全家，超星级的朗乐福床垫品牌，高端品质，贴心舒适。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10500" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -588,133 +585,129 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                Day1：广州-北京（飞机）-外观鸟水-银杏大道-红剧场杂技      用餐：含晚餐     住宿：北京  
+                Day1：广州-北京（飞机）-恭王府-什刹海/烟袋斜街      用餐：含晚餐     住宿：北京  
                 <w:br/>
                 上午：集合于广州机场,乘飞机赴北京,抵达北京后，北京是我国的政治、文化中 心和国际交往的枢纽，也是一座著名的“历史文化名城”。
                 <w:br/>
-                下午：游览中国人奥运梦的【奥林匹克公园】，近距离感受【鸟巢】和【水立方】的场馆风采（备注：鸟巢及水立方不含门票，视当时开放情况而定，如因政策性原因不开放则改为景区周边自由活动，游览约1小时)。【金毯铺道，流光溢景-银杏大道】秋风起时，万千金叶翩跹而下，一场持续不断的、静默的金色落雨。它们在空中旋转、舞蹈，最后轻盈地栖息于肩头、掌心，或是铺就一条厚实而松软的金色地毯。人们行走其间，脚下沙沙作响，那是秋天最温柔的低语和馈赠。光线被枝叶筛滤，投下斑驳跳跃的光晕，整条大道流光溢彩，如梦似幻（最佳观赏时间10月底11月上旬）。
+                下午：前往【半部清史里-恭王府】（游览时间1.5小时左右），漫步恭王府，欣赏“一座恭王府，半部清代史"的建筑瑰宝，从金丝楠木的厅堂到寓意吉祥的蝙蝠彩绘，从藏宝无数的锡晋斋到曲水流觞的沁秋亭，这里每一处细节都在讲述着权力、艺术与人生的故事。行走路线：★一宫门—银安殿—葆光室—锡晋斋—后罩楼—西洋门—独乐峰—蝠池—福字碑—方塘水榭—榆关—箭道★。【游什刹海，看老北京胡同】这里有北京保存极为完整的胡同，您能体验皇城根儿文化，漫步于老北京胡同，感受老北京人的地道生活。【烟袋斜街】是北京最古老的的一条商业街，这里有北京剪纸、吹糖人、北京特色小吃，充满了古老而独特的市井风情，韵味十足。
+                <w:br/>
+                晚上：【青年公社融合菜】用餐环境时尚、雅致，菜品种类丰富、正宗京味菜系。
+                <w:br/>
+                【温馨提示】：
+                <w:br/>
+                1.航班港口、时间以最终实际出票为准，航班出入口有可能调整为北京首都机场、北京大兴机场或天津机场。
+                <w:br/>
+                2.行程会根据航班抵达及离港时间在不减少游览景点和游览时间的前提下，对景点的游览顺序作合理的调整。
+                <w:br/>
+                3.行程为广东散拼团，航班、车次时间如相差1小时以内的，接送机我司安排一同接送，航班、车次经常出现延误，在接机、接站过程中可能有等候情况，请和客人提前说明，并请谅解，十分感谢。
+                <w:br/>
+                <w:br/>
+                Day2：天安门广场-人民大会堂-故宫博物馆            用餐:含早、中、晚餐    住宿：北京 
+                <w:br/>
+                上午：早餐后，游览世界最大的城市中心广场【天安门广场】，参观【毛主席纪念堂】（因毛主席纪念堂每天限票 1000 张，如因遇政策性闭馆或者预约人数限制不能入内参观则改为外观，不作任何赔偿，敬请谅解！）。近观【人民英雄纪念碑】。 中国最高政治殿堂-【人民大会堂】（政治性场所,以预约到为准,如预约不上则安排外观,敬请谅解），1959年“北京十大建筑”之一，中西合璧的经典地标。殿堂级厅堂有世界最大会议厅之一，穹顶红五星灯群震撼万人大礼堂 。国宾金色大厅接待厅，金箔浮雕与水晶灯交辉 。还可以参观34个省级厅，一厅一文化地方特色省厅 。
+                <w:br/>
+                中午：【胡同禧宴】这是一家充满京味风情的特色餐厅。其装修典雅大气，环境温馨舒适。店内有经验丰富的京菜大厨坐镇，口感丰富。
+                <w:br/>
+                下午：游览【六百年紫禁城-故宫】（约2.5-3小时）中国乃至世界上保存较为完整、规模较大的木质结构古建筑群，太和殿的汉白玉台基上，依稀可见帝王仪仗的赫赫威仪；乾清宫的蟠龙藻井下，仍回荡着军机要务的窃窃私语。
+                <w:br/>
+                推荐路线：
+                <w:br/>
+                全新游览线路 ★午门进入—中轴三大殿（太和殿、中和殿、保和殿）—武英殿—慈宁宫花园—寿康宫--—御花园—神武门出★
+                <w:br/>
+                ★特别安排：为让客人体验到更加人性化的故宫深度游之旅，我们为贵宾精心准备了无线讲解器，通过佩戴无限耳机，您可以听到导游更加清晰的讲解，深度了解故宫的历史。
+                <w:br/>
+                【温馨提示】：
+                <w:br/>
+                1. 故宫(门票以官网为准) 每日限流，门票提前7天预约，售完为止！放票后第一时间给你抢票，若抢票失败，如未预约成功则替换为其他景区，景点替代方案最终以当团导游人员调整为准；门票差价多退少补；如客人不同意调整方案的则按照门票价格退一赔一处理）。另外需要注意：故宫景区周边无停车区域，临时上下车需步行一段距离及等候若干时间，敬请谅解。故宫为实名制请您一定要携带身份证件才能入内，如学生儿童没有身份证请带户口簿或者护照入馆。
+                <w:br/>
+                2. 毛主席纪念堂政策性关闭或限流预约不上改为外观，进入毛主席纪念堂不得穿无袖上衣，不得穿拖鞋，必须随身携带身份证。这天走路较多请穿舒适鞋子和轻便服装。
+                <w:br/>
+                3. 中轴（天安门，故宫一线）当天，只有美术馆一个地方能停旅游车，需步行30分钟，为减少游客步行时间，我社将协助安排游客乘坐公交或者摆渡车，游览结束后再坐摆渡车回美术馆站点乘车，费用自理，不便之处敬请谅解！
+                <w:br/>
+                <w:br/>
+                Day3：颐和园-圆明园（套票）- 奥运杂技表演   用餐：含早、中、晚餐    住宿：北京   
+                <w:br/>
+                上午：早餐后，【皇家山水诗篇-颐和园】（游览约2小时左右），昆明湖的柔波倒映着万寿山的巍峨，十七孔桥如长虹卧波，将千年的风雅一揽入怀。漫步颐和园，每一步都踏在历史的韵律上。
+                <w:br/>
+                晚餐：【百年老字号-便宜坊烤鸭60元/位】观赏600年历史焖炉烤鸭房，五星厨师给您现场展现片鸭绝技。距今已经600多年历史，是京城里焖炉烤鸭的代表，为国家特级酒家，还被国家商务部授予第一批“中华老字号”名号，是北京著名的百年老字号饭庄，招牌美食是便宜坊烤鸭，皮酥肉嫩，口味鲜美，又因其烤制过程鸭子不见明火，保证烤鸭表面无杂质，而被誉为“绿色烤鸭”，2002年被原国内贸易局评定为“中国名菜”，其焖炉烤鸭绝艺入选北京市非物质文化遗产保护名。
+                <w:br/>
+                下午： 【万园之园-圆明园-含遗址公园】（游览约1.5小时左右），这里曾是大清帝国的瑰丽梦境，一砖一瓦皆镌刻着盛世风华。让我们放慢脚步，在时光的碎片里，重拾那个曾经惊艳世界的“万园之园”。 
                 <w:br/>
                 欣赏奥运顶尖杂技-【红剧场杂技】（观看时间约1小时、价值280元/人），拥有一大批优秀节目，以《空竹花语美人颂》为代表的新型综合艺术杂技，在充分调动音乐、服装、灯光、舞美等各种表现手法，营造生动的艺术氛围，努力追求高难技巧与艺术化的完美结合，挖掘更深层次的艺术内涵方面进行了全新的探索与定位，赋与传统节目以鲜明的时代特色，多年来一批批精品节目为中国杂技增添了众多喝彩。
                 <w:br/>
-                晚上：【青年公社融合菜】用餐环境时尚、雅致，菜品种类丰富、正宗京味菜系。
+                <w:br/>
+                Day4：升旗-鸟巢&amp;水立方外观-八达岭长城   用餐：早、中、晚餐      住宿：北京
+                <w:br/>
+                上午：早餐打包，【升旗仪式】看着红旗冉冉升起，爱国情怀爆棚（★升旗为免费赠送景点，每天限票，如因预约人数限制预约不上，即不作任何赔偿，敬请谅解！）
+                <w:br/>
+                游览中国人奥运梦的【奥林匹克公园】，近距离感受【鸟巢】和【水立方】的场馆风采（备注：鸟巢及水立方不含门票，视当时开放情况而定，如因政策性原因不开放则改为景区周边自由活动，游览约1小时)。
+                <w:br/>
+                中午：【国家非遗产&amp;百年老字号-东来顺涮羊肉 60元/位】、2008年，东来顺集团“牛羊肉烹制技艺·东来顺涮羊肉制作技艺”获国务院批准，被列入《国家级非物质文化遗产名录》。东来顺的涮羊肉最具特色，历经百年发展形成了“选料精、刀工美、调料香、火锅旺、底汤鲜、糖蒜脆、配料细、辅料全”的八大特点，具有较高的民族餐饮文化价值。
+                <w:br/>
+                下午：后乘车前往八达岭长城（车程约1.5小时左右），【巨龙之脊上-八达岭长城-赠送好汉证书】（2小时左右，可以选择乘滑车/缆车150元/人费用自理，此处为景点内公共交通设施，方便有需要的游客，不作为加点推荐）。在燕山山脉的苍茫脊背上，八达岭长城如一条沉睡的巨龙，用青砖与烽火书写着两千年的山河壮歌。
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
-                1.航班港口、时间以最终实际出票为准，航班出入口有可能调整为北京首都机场、北京大兴机场或天津机场。
-[...53 lines deleted...]
-                <w:br/>
                 ★升旗仪式为免费景点，需提前预约，如预约不成功则改为降旗，不做任何赔偿。
                 <w:br/>
                 ★八达岭长城您可以选择徒步登长城或乘长城滑道/缆车游长城，长城缆车/滑道自理150元/人，不属于推荐自费
                 <w:br/>
                 项目。请您根据个人身体情况，量力而为，注意人身安全和财产安全。
                 <w:br/>
                 ★因长城距市区距离较远，游览长城当天叫早时间和早餐时间可能会比其它几天早，请做好早起准备。 
                 <w:br/>
                 ★早餐：打包早餐或酒店用早；长城为游客自由参观，导游不跟团讲解。
                 <w:br/>
                 <w:br/>
-                Day5：天坛套票-恭王府-什刹海/烟袋斜街—广州       用餐：含早、中餐          住宿：不含 
+                Day5：天坛套票-军事博物馆—广州       用餐：含早、中餐          住宿：不含 
                 <w:br/>
                 上午：享用超级豪华自助早餐，体验【国潮汉服风】，我们提供服饰、客人可以根据自身爱好，自行妆造型，和小伙伴互相打卡拍照、记录美好瞬间！抹上精致妆容，穿上汉服，欣赏湖光涟漪及竹林院落之美景，随便一拍，极致美景，尽在眼中。后乘车【千年圣坛-天坛套票】（游览约1.5小时左右）世界现存规模最大的古代祭天建筑群步入明清帝王祭天的神圣轴线，仰望祈年殿的鎏金宝顶，感受“天人合一”的宇宙观在建筑中的完美呈现。祈年殿：三重蓝瓦金顶，象征“敬天礼地”，殿内28根楠木柱对应星宿，堪称中国古代建筑奇迹。圜丘坛：站在中心天心石上轻声说话，可听到惊人的回音，仿佛与上天共鸣。 
                 <w:br/>
-                下午：前往【半部清史里-恭王府】（游览时间1.5小时左右），漫步恭王府，欣赏“一座恭王府，半部清代史&amp;quot;的建筑瑰宝，从金丝楠木的厅堂到寓意吉祥的蝙蝠彩绘，从藏宝无数的锡晋斋到曲水流觞的沁秋亭，这里每一处细节都在讲述着权力、艺术与人生的故事。行走路线：★一宫门—银安殿—葆光室—锡晋斋—后罩楼—西洋门—独乐峰—蝠池—福字碑—方塘水榭—榆关—箭道★。【游什刹海，看老北京胡同】这里有北京保存极为完整的胡同，您能体验皇城根儿文化，漫步于老北京胡同，感受老北京人的地道生活。【烟袋斜街】是北京最古老的的一条商业街，这里有北京剪纸、吹糖人、北京特色小吃，充满了古老而独特的市井风情，韵味十足。乘飞机返广州！结束愉快旅程！
+                下午：【从苦难辉煌到大国崛起-军事博物馆】中国唯一的大型综合性军事历史博物馆，通过红军长征、抗日战争、解放战争、抗美援朝等主题展厅，以珍贵文物（如“朱德的扁担”、上甘岭战役的弹片墙）和沉浸式场景，展现人民军队“从胜利走向胜利”的历史逻辑。中国的强大，绝非炫耀武力，而是以实力维护和平、以历史启迪未来的文明型崛起。乘飞机返广州！结束愉快旅程！
                 <w:br/>
                 <w:br/>
                 客户须知:
                 <w:br/>
                 各大航空公司最新规定，国家最高人民法院发布失信人和限制高消费人员不得乘飞机，如游客属失信人或限制高消费人员，请勿报团出行!如游客属失信人或限制高消费，请报名前一定要向旅行社说清楚，如未提前说明，客人一经报名确认出行，导致无法出票，团费全扣，所有损失费用由客人自行承担!!！
                 <w:br/>
                 中国执行信息公开网 http://zxgk.court.gov.cn/
                 <w:br/>
                 <w:br/>
                 *************************************(✪▽✪)(✪▽✪)(✪▽✪)****************************************
                 <w:br/>
                 （以上行程为参考行程，导游会根据实际情况调整行程顺序，但不影响原标准及游览景点，敬请谅解）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -757,53 +750,53 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：含往返机票！线路产品为全款买断机票后销售，客人一经确认出行，临时取消导致机位没有时间进行二次销售而产生的损失，客人负责。退团损失为2800元/人。团队票：如因个人原因，导致去程航班未乘坐，回程机票全损，往返机票损失由客人自行承担。
                 <w:br/>
-                2.住宿：指定入住网评四钻: 三环沿线月桂树酒店或行者居酒店或维也纳国际酒店或同级（如因政府或机构征用此酒店，换同级其它酒店）、升级1晚高端庭院式酒店：温都水城秀水湖温泉漫心府或同级、补房差：1000元/人、退房差：500元/人【根据《北京市宾馆不得主动提供的一次性用品目录》相关规定，自2020年5月1日起，宾馆不得主动提供一次性用品，目录含：牙刷、梳子、浴擦、剃须刀、指甲锉、鞋檫。】 
-[...1 lines deleted...]
-                3、用餐：全程含餐8正4早，（享用酒店自助早餐，升旗当天打包早餐）指定老百姓餐厅：8正：40-60元/人【便宜坊烤鸭600/桌】【老门框涮羊肉500/桌】【胡同禧宴400/桌】【青年公社融合菜400/桌】所有特色餐不吃不退）
+                2.住宿：指定入住网评四钻: 三环沿线月桂树酒店或行者居酒店或漫心酒店或维也纳国际酒店或同级（如因政府或机构征用此酒店，换同级其它酒店）、升级1晚高端庭院式酒店：温都水城秀水湖温泉漫心府或同级、补房差：700元/人、退房差：350元/人【根据《北京市宾馆不得主动提供的一次性用品目录》相关规定，自2020年5月1日起，宾馆不得主动提供一次性用品，目录含：牙刷、梳子、浴擦、剃须刀、指甲锉、鞋檫。】 
+                <w:br/>
+                3、用餐：全程含餐8正4早，（享用酒店自助早餐，升旗当天打包早餐）指定老百姓餐厅：8正：40-60元/人【便宜坊烤鸭600/桌】【东来顺600/桌】【胡同禧宴400/桌】【青年公社融合菜400/桌】所有特色餐不吃不退）
                 <w:br/>
                 4、用车：根据实际人数全程当地选用11--55座空调旅游车，保证一人一正座。
                 <w:br/>
                 5、门票：含景点首道门票,园中园门票需自理，不属于自费推荐项目。60岁以上老年优惠门票退60元/人，在北京现退。
                 <w:br/>
                 6、购物：本线路0购物0自费0景交、承诺不推任何自费。温馨提示：不含景区内设立的景中店、商店、过脚过路店，以及公路边设立的洗手间店）对景区内设立的商店、路店，请游客三思、如需购买或食用敬请谨慎，不做进店范畴。如自行购买商品如出现质量问题，旅行社不承担任何责任。）
                 <w:br/>
                 7、【小童收费】: 2-11周岁（未满12周岁）的执行小孩收费：此收费含往返机票、含当地旅游车位。含门票、含餐费、含早餐，全程不占床位，小孩不设退门票。
                 <w:br/>
                 【婴儿收费】：2周岁以下（不含2周岁）的含车位，婴儿机票；不含餐位、床位及景点等其他费用。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -892,75 +885,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...23 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">本产品供应商为：北京富华假期旅行社有限责任公司 ，许可证编号：L-BJ01382 。为保证游客可如期出发，我社将与其他旅行社共同委托 北京富华假期旅行社有限责任公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由 北京富华假期旅行社有限责任公司 委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1025,51 +994,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                此线路产品为全款买断机票后销售，客人一经确认出行，临时取消导致机位没有时间进行二次销售而产生的损失，客人负责。退团损失为2200元/人。
+                此线路产品为全款买断机票后销售，客人一经确认出行，临时取消导致机位没有时间进行二次销售而产生的损失，客人负责。退团损失为2800元/人。
                 <w:br/>
                 http://zxgk.court.gov.cn/（失信人员网站）,若客人为失信人员或为航空公司列入的黑名单人员，导致无法出票的，只退机建费用！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
@@ -1112,51 +1081,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>