--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【腾冲故事】云南腾冲双飞5天|热海景区|滇西抗战纪念馆|和顺古镇|云峰山|勐焕大金塔|一寨两国|姐告、千年腾冲银杏村（入住一晚云峰山温泉酒店， 直飞芒市往返）行程单</w:t>
+        <w:t xml:space="preserve">【腾冲故事】云南腾冲双飞5天|热海景区|滇西抗战纪念馆|和顺古镇|云峰山|勐焕大金塔|一寨两国|姐告、火山公园 （入住一晚云峰山温泉酒店， 直飞芒市往返）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -342,59 +342,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...7 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -681,51 +673,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 瑞丽-腾冲
                 <w:br/>
                 游玩时间仅参考，以实际安排为准
                 <w:br/>
                 酒店内早餐后驱车前往瑞丽游览【一寨两国】，瑞丽市西南约11公里，有一个世界少有的边境人文地理景观小寨——银井。有名的中缅边境71号界碑矗立寨中，国界线从该寨中央蜿蜒划过，是个典型的“【一寨两国】”边境地区，从瑞丽至弄岛的公路将同一傣族村寨一分为二，中方一侧的称为银井，缅方一侧的称为芒秀。寨中的国境线以竹棚、村道、水沟、土埂为界，因此，中国的瓜藤爬到缅甸的竹篱上去结瓜，缅甸的母鸡跑到中国居民家里生蛋便成了常有的事，边民们每月数十次地穿越神圣的国境线而浑然不觉。寨子里的老百姓语言相通、习俗相同，他们同走一条路，共饮一井水，同赶一场集，和睦相处。
                 <w:br/>
                 前往被誉为“祖国西南沙头角”的——姐告边境贸易区（是中国唯一按照“境内关外”模式实行特殊展国际陆路运输业的交通枢纽）【姐告口岸】参观大、小国门，中缅一条街。姐告边贸区位于瑞丽市4公里的瑞丽江东南岸，东、南、北三面与缅甸对外贸易主要口岸——木姐市相连，姐告，傣语中是旧城的意思。
                 <w:br/>
                 后驱车前往极边第一城——“腾冲”途游【龙江特大桥】全长2470多米，桥面离江280米，最高的索塔顶到江面470米，是高地震烈度下典型的山区高墩、大跨径桥梁，也是云南保腾高速创造“历史文化之旅/自然景观之旅、国际通道
                 <w:br/>
                 游览【北海湿地公园】（含船票）（游览时间约90分钟）1994年12月国家首批公布的全国33处国家重点湿地之一，也是云南唯一的国家湿地保护区。属高原火山堰湖生态系统。这里水草密密麻麻，根交错在一起，日复一日，年复一年，旧草腐烂，新的长在腐烂的草根上，然后又腐烂，然后又长出新的，最后形成了漂浮在水面上的草原，通常有一米多厚。脱了鞋赤脚走上“草岛”，感觉像踩海绵一样。   
                 <w:br/>
                 晚上：自由享受【天然温泉】（含无限次温泉，温泉开放时间：下午15：00-23：00，请客人提前带好泳衣；备注：不用无费用可退）
                 <w:br/>
                 腾冲温泉酒店：腾冲云峰山温泉酒店、腾冲映像温泉酒店、颐养乐福、开臣璞悦酒店或同级
                 <w:br/>
                 特别提示：如遇云峰山温泉酒店会议/政府征用/满房等无资源情况，则云峰山酒店换为同第四天住一个酒店，赠送云峰山景区换为赠送其他景点，温泉改为赠送热海浴谷温泉。带来不便，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：一寨两国、 姐告口岸、龙江特大桥
+                景点：一寨两国、 姐告口岸、龙江特大桥、北海湿地公园
                 <w:br/>
                 到达城市：腾冲县
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：桌餐     晚餐：桌餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -762,53 +754,51 @@
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 腾冲一地
                 <w:br/>
                 游玩时间仅参考，以实际安排为准
                 <w:br/>
                 早餐后【云峰山】（酒店已含门票+电瓶车+索道，如客人不去，费用不退）在云峰绝顶辟崖建寺，远远望去，真有“仙山琼阁”之感。因之，云峰山长期以来是腾冲胜景之一。云峰山拔地而起、直刺苍穹，山腰上环绕着缥缈的云雾，整座山峰宛如若隐若现的人间仙景。登上云峰之颠，无论观日、观云、观山，都会令人心神摇荡，领略到那种“飘然欲仙”的奇妙感觉。
                 <w:br/>
-                 后游览【银杏村】（游览时间 90 分钟左右，已含景区电瓶车）这是电影（武侠）拍摄地、静谧梦幻的腾冲银杏村！这里，是宛如天堂的静谧秋景；这里，是冬季里的金色梦想； 这里，是电影《武侠》的拍摄地；这里，是天堂的后花园，这里"村在林中，林在村中"相互依托；这里，是天下第一银杏王国。每到深秋，房前屋后，黄叶纷飞，异常美丽。珍贵的百年银杏树让这个小村庄显得古朴和深邃。你可以尽情地在天堂里撒欢，让灵魂在金黄之间自由飘逸，为那一树树灿若黄金的奇特景观叹服！（备注：如银杏村过季，银杏村替换为火山公园）
-[...1 lines deleted...]
-                温馨提示：银杏最佳观赏期是10月中下旬-11月中下旬，银杏为季节性植物，因受外界因素，如天气气候、温度等各方面的影响，所有观赏度、数量、颜色等均 以景区实物为准 图片仅供参考
+                 后前往【火山公园】腾冲是中国最集中、最壮观、最典型的年轻火山地区，为全国四大火山群之一，有火山锥99座，其中火山喷口保存完好、具有观赏价值的火山锥22座。2002年国土资源部把腾冲列为国家火山地热地质公园，主要景点包括：大空山、小空山、黑鱼河、柱状节理等。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：云峰山、银杏村或火山公园
                 <w:br/>
                 到达城市：腾冲县
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：桌餐     晚餐：桌餐   </w:t>
             </w:r>
@@ -1394,51 +1384,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>