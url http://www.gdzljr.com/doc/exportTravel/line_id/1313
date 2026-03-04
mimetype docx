--- v1 (2026-01-01)
+++ v2 (2026-03-04)
@@ -1384,51 +1384,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-01</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>