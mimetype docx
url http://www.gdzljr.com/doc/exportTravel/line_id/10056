--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -29,51 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【特惠•老BABY游海南】海南博鳌双飞5天 | 分界洲岛 | 南山祈福 | 天涯海角  | 槟榔谷 | 大小洞天 | 趣味摘椰子体验行程单</w:t>
+        <w:t xml:space="preserve">【特惠•老BABY游海南】海南博鳌双飞5天 | 分界洲岛 | 南山祈福 | 天涯海角  | 槟榔谷 | 大小洞天行程单</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">升级三亚2晚近海网评4钻酒店</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -394,55 +408,53 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★花样玩海：治愈系玻璃海--5A分界洲岛
                 <w:br/>
-                ★玩转经典：南山文化旅游区-礼拜108米海上观音；黎苗风情-槟榔谷，5A天涯海角、5A大小洞天
-[...3 lines deleted...]
-                ★玩转2大免税店：离岛免税城，满足买买买的欲望
+                ★玩转经典：南山文化旅游区-礼拜108米海上观音；黎苗风情-5A槟榔谷，5A天涯海角、5A大小洞天
+                <w:br/>
+                ★网红万宁：车览万宁石梅湾段沿海公路 一半是椰林 一半是大海
                 <w:br/>
                 ★特色美食：文昌鸡特色餐、簸箕餐、南味道风味小炒
                 <w:br/>
                 ★甄选睡眠：三亚升级2晚网评近海四钻酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
@@ -576,51 +588,51 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-博鳌（飞行时间约70分钟）
                 <w:br/>
                 于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的椰城-海口（参考航班：广州-博鳌AQ1145/21:40-23:05（换季后：AQ1145/23:05-00:35），含15kg行李额，具体航班时间以实际出票为准），抵达机场后由工作人员安排接机送往酒店.
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、需要自行办理住店手续，交纳住店押金（具体金额以酒店前台收取为准）
                 <w:br/>
-                4、航班参考：广州-博鳌AQ1145/21:40-23:05（换季后：AQ1145/23:05-00:35），如出AQ航空机票免费行李额仅含15kg，不得指定航班，以实际出票为准。如指定航班，价格请单询。
+                4、航班参考：广州-博鳌AQ1145/23:05-00:35，如出AQ航空机票免费行李额仅含15kg，不得指定航班，以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 5、65岁以上长者请签署免责协议且须有成人家属陪同，70岁以上请提供健康证明且须有成人家属陪同；
                 <w:br/>
                 6、出于安全考虑，单人单独出行报名年龄需在25-60岁之间，行动自如，身体健康，并务必留紧急联系人姓名及电话；
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、今日不含餐、旅游车及导游服务；
                 <w:br/>
                 2、当天入住酒店需自行交纳住店押金，退房时如房间无任何损坏等问题酒店会全额退还费用；
                 <w:br/>
                 3、机场接机为散拼接机，如有其他客人临近航班的会等候一段时间，等候时间不超30分钟，请知悉。 
                 <w:br/>
                 4、此线路次日存在与海口往返/三亚往返同款产品线路拼团可能性，报名时请清晰。
                 <w:br/>
                 交通：飞机+接机一趟
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -629,100 +641,94 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">博鳌指定酒店：琼海泰和智能酒店/金太阳酒店/皇马骑士或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">博鳌指定酒店：琼海泰和智能酒店/金太阳酒店/皇马骑士/剑发宏达/琼海好马商务酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 博鳌-万宁（车程约1.5小时）-三亚
                 <w:br/>
                 ◆ 酒店享用早餐
                 <w:br/>
                 ◆ 车览【万宁醉美沿海公路】一边是婀娜多姿的椰林，一边是广阔无垠的蓝色大海，被称为“会讲故事”的滨海旅游公路。
                 <w:br/>
-                ◆走进咖啡之乡、华侨之乡万宁兴隆镇，【兴隆咖啡文化园】（时间不少于1小时）追寻兴隆咖啡的70年历史记忆，感受浓浓归侨风情 ，了解世界咖啡发展历史，参观咖啡种植园，了解咖啡从鲜果到杯子的全过程 ，咖啡的不同冲煮方式 ，兴隆咖啡传统非遗焙炒工艺。品正宗兴隆咖啡，为家人朋友带回海南特色伴手礼！
-[...4 lines deleted...]
-                <w:br/>
                 ◆【分界洲岛】5A级景区（含往返船费，含上下岛不少于2小时），海边洁白细腻的沙滩，岛上掩映在苍翠之中的木屋，曲径通幽的山顶小路，或海底漫步或放空发呆，自然自在度过一段海岛曼妙时光。因其得天独厚的的自然条件，被称为是“心灵的分界岛”、“坠落红尘的天堂”、“一个可以发呆的地方”。这里是划分热带与亚热带的分水岛，也是国家级珊瑚保护区，也是理想潜水基地（海上娱乐项目费用不含）；
                 <w:br/>
                 《海洋剧场》：一场浪花与欢笑的沉浸式演出（费用不含，130元/人敬请自理）碧波环绕的天然剧场，海豚跃浪、海狮逗趣，与海洋精灵零距离邂逅。潜水员与鱼群共舞，上演深海童话。坐拥180°海景看台，浪花为伴，感受灵动的海洋魅力。
                 <w:br/>
                  &gt;&gt;登岛推荐网红拍照打卡点：
                 <w:br/>
                 Tips1：蓝白相间古罗马相间风格的月光古堡；
                 <w:br/>
                 Tips2：水晶池、初见亭与罗曼教堂组成的爱情海岸；
                 <w:br/>
                 Tips3：富有动漫画面感的码头灯塔；
                 <w:br/>
                 ● 温馨提醒：
                 <w:br/>
                 1.出发前请确认带好泳衣泳裤、拖鞋、防晒霜、防晒伞、防晒霜等装备设备；
                 <w:br/>
                 2.分界洲岛需要坐船上岛，乘船时间约15-20分钟，请有序排队乘船。如果有晕船的游客可选择靠窗或者船尾的位子，也可自备晕船药。
                 <w:br/>
                 3.为了保证您有足够的游览时间，岛上以自由活动为主，岛上娱乐项目需自理。
                 <w:br/>
                 4.分界洲岛由于游船前往，考虑到可能的颠簸及晕船等情况，暂不接待70周岁以上老人、孕妇及行动不便者，敬请谅解。如客人坚持上岛，请与景区签署免责协议，以景区实际放行情况为准。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：兴隆咖啡文化园、分界洲岛
@@ -741,265 +747,261 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：特色小炒     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店：三亚君锦滨海酒店|大东海君亭酒店|椰蓝湾|君然温泉酒店或不低于以上标准4钻酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店：三亚君锦滨海酒店|大东海君亭酒店|椰蓝湾|君然温泉酒店|玛瑞纳|碧海金沙|新城酒店|玉海国际|维塔斯海景酒店或不低于以上标准4钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚一地
                 <w:br/>
                 ◆ 享用早餐后，开始精彩的旅程
                 <w:br/>
                 ◆ 【槟榔谷黎苗文化旅游区】（时间不少于90分钟，不含景区电瓶车/园区项目，选择性消费)：走进纯正、灵动的海南民族文化活体博物馆，寻绣面老人，听他们讲过去的故事，与黎家人道一声“波隆”，品一杯山兰玉液，探访海南地道的风土人情。
                 <w:br/>
-                ◆ 国家5A景区【南山文化旅游区】（游览时间不少于120分钟，不含景区电瓶车，选择性消费)，景区由不二法门、108米海上观音、南山寺、三十三观音堂等组成，在这里您可以瞻仰世界上最高的海上观音像----108米的海上观音圣像，漫步椰林海岸海天佛国，感受海景园林之美。
-[...1 lines deleted...]
-                ◆ 【大小洞天风景区】（时间不少于90分钟；不含景区电瓶车28元/人，选择性消费），这里被誉为“琼崖八百年第一山水名胜”，依山傍海，以奇特的海蚀地貌、道教文化、长寿文化和椰风海韵闻名。坐临小月湾，您可以沐浴鲸海西风，看鳌山白云，听晓月石涛，赏边城斜照，叹洞天秋蟾。
+                ◆ 【天涯海角】（时间不少于120分钟）这里海水澄碧，烟波浩瀚，帆影点点，椰林婆娑，奇石林立、水天一色，观“南天一柱、天涯、海角”等石刻，感受天之边缘，海之尽头的意境。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：槟榔谷、南山、大小洞天
-[...1 lines deleted...]
-                自费项：南山/大小洞天/槟榔谷电瓶车不含，槟榔谷园中园项目不含，消费自愿原则
+                景点：槟榔谷、天涯海角
+                <w:br/>
+                自费项：天涯海角/槟榔谷电瓶车、园中园项目均不含，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，围桌早，不用费用不退     午餐：簸箕餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店：三亚君锦滨海酒店|大东海君亭酒店|椰蓝湾|君然温泉酒店或不低于以上标准4钻酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店：三亚君锦滨海酒店|大东海君亭酒店|椰蓝湾|君然温泉酒店|玛瑞纳|碧海金沙|新城酒店|玉海国际|维塔斯海景酒店或不低于以上标准4钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-琼海
                 <w:br/>
-                ◆ 享用早餐后，前往 参观【海旅免税城】（时间不少于120分钟），是由海南省旅游投资发展有限公司旗下全资子公司海南旅投免税品有限公司倾力打造的三亚市中心大型离岛免税购物商城，经营面积 9.5 万平方米，超过 1000个国际知名品牌，各大品牌精品常年享受低折扣优惠，品种丰富性价比高。
-[...3 lines deleted...]
-                ◆ 下午游览【天涯海角】（时间不少于120分钟）这里海水澄碧，烟波浩瀚，帆影点点，椰林婆娑，奇石林立、水天一色，观“南天一柱、天涯、海角”等石刻，感受天之边缘，海之尽头的意境。
+                ◆ 游览国家5A景区【南山文化旅游区】（游览时间不少于120分钟)，景区由不二法门、108米海上观音、南山寺、三十三观音堂等组成，在这里您可以瞻仰世界上最高的海上观音像----108米的海上观音圣像，漫步椰林海岸海天佛国，感受海景园林之美。
+                <w:br/>
+                ◆ 下午游览【大小洞天风景区】（时间不少于90分钟；不含景区电瓶车28元/人），这里被誉为“琼崖八百年第一山水名胜”，依山傍海，以奇特的海蚀地貌、道教文化、长寿文化和椰风海韵闻名。坐临小月湾，您可以沐浴鲸海西风，看鳌山白云，听晓月石涛，赏边城斜照，叹洞天秋蟾。
                 <w:br/>
                 ◆返回琼海入住酒店休息
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：天涯海角、海旅免税城
-[...1 lines deleted...]
-                自费项：天涯海角园中园项目费用不含，消费自愿原则
+                景点：南山、大小洞天
+                <w:br/>
+                自费项：南山/大小洞天电瓶车费用不含，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：文昌鸡风味餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">琼海指定酒店：琼海泰和智能酒店/金太阳酒店/皇马骑士或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">博鳌指定酒店：琼海泰和智能酒店/金太阳酒店/皇马骑士/剑发宏达/琼海好马商务酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                博鳌（车程约2.5小时）-广州（飞行时间约70分钟）
+                博鳌-广州（飞行时间约70分钟）
                 <w:br/>
                 早上根据航班时间约定送机，结束全部旅程。
                 <w:br/>
                 备注：今日返程航班较早无法享用早餐，只含打包早（比较简单）请谅解。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、换季后航班参考：博鳌-广州AQ1146/07:10-08:40，如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。
                 <w:br/>
                 3、因团队价格为打包优惠价格，持军官证、记者证、老年证、导游证等证件以及60岁及以上的游客，不做任何减免和优惠且费用不退；
                 <w:br/>
                 4、今日只含送机一趟，无导游/用车/用餐服务
                 <w:br/>
                 交通：送机一趟+飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1102,51 +1104,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：广州—博鳌往返程机票经济舱、机场建设费、燃油税（不含临时上调的机场税费）；
                 <w:br/>
                 如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
                 <w:br/>
                 2、住宿：2晚当地高档标准建设双人间+2晚升级三亚网评4钻近海酒店；不提供自然单间，出现单男单女，单房差不含，如不补房差，则尽量安排三人间或加床。定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但 未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；
                 <w:br/>
                 3、用餐：安排4正4早，早餐酒店含(不用不退，D5为打包早餐简餐），其中包含3个特色餐：簸箕餐35元/人、文昌鸡宴30元/人、海南味道风味小炒30元/人，另一正餐为20元/人，正餐10人1桌（簸箕餐除外），人数增减时，菜量相应增减，但维持餐标不变；团餐用餐如放弃不用，费用不退。此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：当地全程空调旅游车，保证每人一正座（海南24正座以下旅游车无行李箱）。
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费；8人以下（含儿童）安排导游兼司机（持导游证+驾驶证服务）；
                 <w:br/>
                 6、景点：行程注明含景点第一道门票（不含景区内自设项目，另有约定的除外），行程中包含的“海岛”景区因工具特殊，景区对70岁以上老人及行动不便人士（如：孕妇）不予接待。如坚持上岛，需签署景区规定的免责证明。部份景区内设的购物商场，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、 军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减 优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、2-11周岁儿童：1.2米以下含往返机票、正餐费及车位费，其他均不含，超高门票/早餐费用当地自理；超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。
                 <w:br/>
                 2岁以下婴儿不含任何费用，全部由家长自理；
                 <w:br/>
-                8、购物点：1个离岛免税城（海旅免税城）；
+                8、购物点：无；
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1168,243 +1170,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住 宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、单人出行出发前需补足房差；三人出行如不补房差则尽量安排三人间，无三人间则安排加床（多数为钢丝床）。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、航空公司临时增加的燃油附加费。
                 <w:br/>
                 6、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 7、12岁以下儿童不占床，不含超高费用（早餐/门票）。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。2 岁以下婴儿不含任何费用，全部由家长自理；
                 <w:br/>
                 9、娱乐项目：导游会推荐晚间自费项目，自愿参加，如参加后回团后不办理退任何费用，不参加晚间自费的客人送回酒店。（自费表仅供参考，以导游实际推荐项目为准）；海上娱乐项目/园中园项目等，客人可根据自身情况考虑是否消费；部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
               </w:t>
-            </w:r>
-[...191 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="4200" w:type="dxa"/>
@@ -1768,51 +1577,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、本产品供应商为：广州逍遥民间国际旅行社有限公司，许可证号：L-GD-100806，质监电话：020-83371233）。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州逍遥民间国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州逍遥民间国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                1、本产品供应商为：广州民间假期国际旅行社有限公司，许可证号：L-GD-103425，质监电话：020-19966271941）。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州民间假期国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州民间假期国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 如报名人数不足10成人时无法成团，或遇特殊情况（如：团队特惠机位取消或游客临时退团造成不成团等）致使团队无法按期出行，我社提前5天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据航空公司机票或火车票 出票时间调整出入港口及行程游玩顺序。具体的行程游览顺序将根据航班安排的首末 站城市最终确定。客人对航班及出入港口有特别要求的，请于报名时向我社前台同事 说明，并将要求写在报名表上，否则我社视客人已清楚旅行社以上安排，同意并接受 旅行社安排。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整 由当地导游与游客签名确认。
                 <w:br/>
                 3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的 情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选 用 2 个或以上的航班班次）。
                 <w:br/>
                 4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名， 且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！
                 <w:br/>
                 5、团队均提前5天或以上订购机票、酒店、车辆、门票等，如客人报名后退团（含 改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际 损失费用（机票、火车票、门票、酒店、车费分摊等，我社不提供机票报销单据，客 人可自行前往航空公司办理），特此说明。
                 <w:br/>
                 6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行 程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、 天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩 短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退 还。
                 <w:br/>
                 7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃 游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人 擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游 客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一 切行为责任游客自负。
                 <w:br/>
                 8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性 原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅 游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须 知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会 造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造 成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 9、海口/三亚 地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列 酒店标准的同类型酒店。
                 <w:br/>
                 10、购物：三亚地区旅游发展较为成熟，包括大部分景区，公园，博物馆，纪念馆，展览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 11、行程服务项目特别约定及说明： A.为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做 一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
                 1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人；
                 <w:br/>
@@ -1907,51 +1716,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、此团为当地散拼团，出发地不同价格不同，请知悉。
                 <w:br/>
-                2、此线路会推荐晚间自费项目，消费自愿原则；此行程涉及2个离岛免税城，不属于旅行社购物店范畴，请谅解。
+                2、此线路会推荐晚间自费项目，消费自愿原则；无购物店（景区内会自设购物场所，不属于旅行社购物店范畴，请谅解）。
                 <w:br/>
                 3、如遇部分景点临时维修、庆典等客观因素限制确实无法安排的，本社将根据实际情况和游客友好协商并进行调整或等值交换，敬请各位贵宾理解与配合；
                 <w:br/>
                 4、游客在海南旅游期间，为了方便游客游览，在不减少景点的情况下，可根据当地的实际情况，将景点顺序进行调整；景区后括号内备注游玩时间为从抵达景区开始到离开景区为止；
                 <w:br/>
                 5、行程中所列酒店标准为行业内评定标准，如果因展会、酒店满额等因素，我公司会依当时情况调整行程中表明的备选酒店，但是不会安排行程中未涉及到的酒店，更不会影响游客的行程安排；
                 <w:br/>
                 6、如遇天气、战争、罢工、地震等人力不可抗力无法游览，我社将按照旅行社协议，退还未游览景点门票费用或和游客友好协商进行调整或等值交换（但赠送项目费用不予退还），额外增加的费用由客人自理；
                 <w:br/>
                 7、持教师证、军官证、学生证、老年证等参加团队不享受优惠票政策。同时报价为旅行社约定的最低人数的优惠团队价，如果人数未达到，报价将会上涨，故团队客人随团期间不得享受团队及网上订购双重优惠，如使用网上订购优惠票，请将团队优惠差额补齐；自费项目均无优惠政策！
                 <w:br/>
                 8、旅游期间，因客人解除合同的，扣除必要费用后余款退还，当地旅游交通费不退；船票、火车票等公共交通费用根据相关规定扣除损失后退还剩余费用，旅行社代订的机票是团体优惠票（不签转、不退票），因旅游者原因不能乘机的，机票款不退。赠送项目不退费用。旅游者解除合同离团后，旅行社不承担旅游者的安全责任。
                 <w:br/>
                 9、投诉受理，以游客交回的《团队质量反馈表》（一式二份）为依据，请您秉着公平、公正、实事求是的原则填写《团队质量反馈表》；
                 <w:br/>
                 10、安全提示：旅游活动期间我社提醒游客务必注意:人身及财产安全，自由活动期间游客应注意自身安全，在海南旅游期间，我社不安排游客下海游泳。如游客私自下海游泳，所产生的一切后果由游客自行承担。在海南旅游期间，个人贵重物品由游客本人自行妥善保管，如若出现被偷、被抢、遗失事件，我社协助游客寻找或报案等相应的补救措施，但不承担赔偿和相关的责任！
                 <w:br/>
                 11、海南旅游车为滚动发班，均按每人一正座提前调车，如需加大车型，须补多出的车位差价（26座以下的车型均无行李箱）；抵达海南前48小时内取消合同的游客（如因航班延误无法抵达等），需向我社交已经产生的旅游车位费300元/人及合同约定的其它已产生费用；
                 <w:br/>
                 12、蜈支洲岛、分界洲岛、西岛、南湾猴岛“旺季”期间每天上岛人数有所限制，团队上岛需排队等候，因等待而延误岛上游览时间，游客需谅解并配合。因以上景区管理原因导致的投诉，旅行社无法承担责任。“旺季”期间，不愿排队等候上岛的团队，全团客人需提前一天决定并签字同意，蜈支州岛可与“西岛”或“分界洲岛” 景区2选1互换，行程当天抵达蜈支洲岛后方提出与其他景点互换的，游客需现场增补司机车费方可实施。否则旅行社只能按成本退还客人。
                 <w:br/>
                 13、行程外活动的安排: 为满足旅游者多样化需求，在行程时间安排允许、参加人数足够，且不影响其他旅游者行程安排的情况下，旅行社可根据旅游者实际需要，安排附件中所列活动。旅游者根据自身需要和个人喜好，自主、自愿参加附件中所列活动，对此签署的附件配合参与。
                 <w:br/>
                 14、客人在海南签署的团队行程变更确认表及意见单为合同附件，具有同样的法律效力。
                 <w:br/>
@@ -2048,51 +1857,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2236,79 +2045,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>